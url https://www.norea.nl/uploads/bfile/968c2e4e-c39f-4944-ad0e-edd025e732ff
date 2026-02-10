--- v0 (2025-10-08)
+++ v1 (2026-02-10)
@@ -1,304 +1,325 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
+  <Default Extension="vsdx" ContentType="application/vnd.ms-visio.drawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="26327"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27628"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" autoCompressPictures="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\micro\iCloudDrive\2023-NOREA KG Cyber\2023 CSA\2023 Nieuwe versie 3.0\DEF V3.00\VC Versie\Feedback NOREA\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="M:\Algemeen\Publicaties\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AEA38BD4-3F38-454F-8261-C7F2FC9C3AB3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D7761FE1-47F9-408E-8882-F5A05D1DB0B6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="741" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10420" tabRatio="741" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Versiebeheer CSA" sheetId="6" state="hidden" r:id="rId1"/>
     <sheet name="Dashboard" sheetId="10" r:id="rId2"/>
     <sheet name="Bepaal belang (ICR)" sheetId="5" r:id="rId3"/>
     <sheet name="Bepaal beheersing (CSA)" sheetId="8" r:id="rId4"/>
-    <sheet name="Bepaal actie" sheetId="7" r:id="rId5"/>
+    <sheet name="Bepaal actie" sheetId="12" r:id="rId5"/>
     <sheet name="Mapping standaarden" sheetId="9" r:id="rId6"/>
     <sheet name="Berekening standaarden" sheetId="3" state="hidden" r:id="rId7"/>
   </sheets>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Bepaal belang (ICR)'!$C$9:$C$42</definedName>
+  </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D15" i="3" l="1"/>
+  <c r="L13" i="9" l="1"/>
+  <c r="W12" i="9"/>
+  <c r="W7" i="9"/>
+  <c r="W8" i="9"/>
+  <c r="W9" i="9"/>
+  <c r="W10" i="9"/>
+  <c r="W11" i="9"/>
+  <c r="V11" i="9"/>
+  <c r="V12" i="9"/>
+  <c r="V7" i="9"/>
+  <c r="V8" i="9"/>
+  <c r="V9" i="9"/>
+  <c r="V10" i="9"/>
+  <c r="V6" i="9"/>
+  <c r="W6" i="9"/>
+  <c r="M13" i="9"/>
+  <c r="K13" i="9"/>
+  <c r="I69" i="8"/>
+  <c r="I62" i="8"/>
+  <c r="I55" i="8"/>
+  <c r="I48" i="8"/>
+  <c r="I41" i="8"/>
+  <c r="I34" i="8"/>
+  <c r="D15" i="3"/>
   <c r="D13" i="3"/>
   <c r="D12" i="3"/>
   <c r="D9" i="3"/>
   <c r="D7" i="3"/>
   <c r="D6" i="3"/>
   <c r="D4" i="3"/>
   <c r="D3" i="3"/>
   <c r="D22" i="3"/>
   <c r="D21" i="3"/>
   <c r="D19" i="3"/>
   <c r="D18" i="3"/>
   <c r="D16" i="3"/>
   <c r="D10" i="3"/>
-  <c r="H34" i="5"/>
-  <c r="H36" i="5" s="1"/>
+  <c r="H42" i="5"/>
+  <c r="H44" i="5" s="1"/>
   <c r="E27" i="10" l="1"/>
   <c r="D27" i="10"/>
   <c r="F27" i="10"/>
   <c r="E26" i="10"/>
   <c r="F26" i="10"/>
   <c r="D26" i="10"/>
   <c r="F25" i="10"/>
   <c r="E25" i="10"/>
   <c r="D25" i="10"/>
-  <c r="M12" i="9"/>
-[...1 lines deleted...]
-  <c r="O12" i="9"/>
   <c r="P12" i="9"/>
   <c r="Q12" i="9"/>
   <c r="R12" i="9"/>
   <c r="S12" i="9"/>
-  <c r="M11" i="9"/>
-[...1 lines deleted...]
-  <c r="O11" i="9"/>
+  <c r="T12" i="9"/>
+  <c r="U12" i="9"/>
+  <c r="X12" i="9"/>
   <c r="P11" i="9"/>
   <c r="Q11" i="9"/>
   <c r="R11" i="9"/>
   <c r="S11" i="9"/>
-  <c r="M10" i="9"/>
-[...1 lines deleted...]
-  <c r="O10" i="9"/>
+  <c r="T11" i="9"/>
+  <c r="U11" i="9"/>
+  <c r="X11" i="9"/>
   <c r="P10" i="9"/>
   <c r="Q10" i="9"/>
   <c r="R10" i="9"/>
   <c r="S10" i="9"/>
-  <c r="M9" i="9"/>
-[...1 lines deleted...]
-  <c r="O9" i="9"/>
+  <c r="T10" i="9"/>
+  <c r="U10" i="9"/>
+  <c r="X10" i="9"/>
   <c r="P9" i="9"/>
   <c r="Q9" i="9"/>
   <c r="R9" i="9"/>
   <c r="S9" i="9"/>
-  <c r="M8" i="9"/>
-[...1 lines deleted...]
-  <c r="O8" i="9"/>
+  <c r="T9" i="9"/>
+  <c r="U9" i="9"/>
+  <c r="X9" i="9"/>
   <c r="P8" i="9"/>
   <c r="Q8" i="9"/>
   <c r="R8" i="9"/>
   <c r="S8" i="9"/>
-  <c r="M7" i="9"/>
-[...1 lines deleted...]
-  <c r="O7" i="9"/>
+  <c r="T8" i="9"/>
+  <c r="U8" i="9"/>
+  <c r="X8" i="9"/>
   <c r="P7" i="9"/>
   <c r="Q7" i="9"/>
   <c r="R7" i="9"/>
   <c r="S7" i="9"/>
-  <c r="M6" i="9"/>
-[...1 lines deleted...]
-  <c r="O6" i="9"/>
+  <c r="T7" i="9"/>
+  <c r="U7" i="9"/>
+  <c r="X7" i="9"/>
   <c r="P6" i="9"/>
   <c r="Q6" i="9"/>
   <c r="R6" i="9"/>
   <c r="S6" i="9"/>
+  <c r="T6" i="9"/>
+  <c r="U6" i="9"/>
+  <c r="X6" i="9"/>
   <c r="E13" i="9"/>
   <c r="F13" i="9"/>
   <c r="G13" i="9"/>
   <c r="H13" i="9"/>
   <c r="I13" i="9"/>
   <c r="J13" i="9"/>
-  <c r="T8" i="9" l="1"/>
+  <c r="Y8" i="9" l="1"/>
   <c r="I26" i="8"/>
-  <c r="D90" i="8" s="1"/>
-[...11 lines deleted...]
-  <c r="D96" i="8" s="1"/>
+  <c r="D74" i="8" s="1"/>
+  <c r="D75" i="8"/>
+  <c r="D76" i="8"/>
+  <c r="D77" i="8"/>
+  <c r="D78" i="8"/>
+  <c r="D79" i="8"/>
+  <c r="D80" i="8"/>
   <c r="K17" i="10" l="1"/>
   <c r="D17" i="10" l="1"/>
   <c r="D13" i="9" l="1"/>
-  <c r="L12" i="9"/>
-[...13 lines deleted...]
-  <c r="D97" i="8"/>
+  <c r="O12" i="9"/>
+  <c r="Y12" i="9" s="1"/>
+  <c r="O11" i="9"/>
+  <c r="Y11" i="9" s="1"/>
+  <c r="O10" i="9"/>
+  <c r="Y10" i="9" s="1"/>
+  <c r="O9" i="9"/>
+  <c r="Y9" i="9" s="1"/>
+  <c r="O8" i="9"/>
+  <c r="O7" i="9"/>
+  <c r="Y7" i="9" s="1"/>
+  <c r="O6" i="9"/>
+  <c r="Y6" i="9" s="1"/>
+  <c r="B63" i="8"/>
+  <c r="D81" i="8"/>
   <c r="N17" i="10" s="1"/>
-  <c r="B66" i="8"/>
-[...2 lines deleted...]
-  <c r="B39" i="8"/>
+  <c r="B56" i="8"/>
+  <c r="B49" i="8"/>
+  <c r="B42" i="8"/>
+  <c r="B35" i="8"/>
   <c r="B27" i="8"/>
   <c r="B17" i="8"/>
   <c r="E17" i="10" l="1"/>
   <c r="F4" i="10" s="1"/>
   <c r="C22" i="3"/>
   <c r="C21" i="3"/>
   <c r="D20" i="3"/>
   <c r="C20" i="3" s="1"/>
   <c r="C19" i="3"/>
   <c r="C18" i="3"/>
   <c r="D17" i="3"/>
   <c r="C17" i="3" s="1"/>
   <c r="C16" i="3"/>
   <c r="C15" i="3"/>
   <c r="D14" i="3"/>
   <c r="C14" i="3" s="1"/>
   <c r="C13" i="3"/>
   <c r="C12" i="3"/>
   <c r="D11" i="3"/>
   <c r="C11" i="3" s="1"/>
   <c r="C10" i="3"/>
   <c r="C9" i="3"/>
   <c r="D8" i="3"/>
   <c r="C8" i="3" s="1"/>
   <c r="C6" i="3"/>
   <c r="C3" i="3"/>
   <c r="C7" i="3"/>
   <c r="D2" i="3"/>
   <c r="C2" i="3" s="1"/>
   <c r="D5" i="3"/>
   <c r="C5" i="3" s="1"/>
-  <c r="E94" i="8" l="1"/>
+  <c r="E78" i="8" l="1"/>
   <c r="C4" i="3"/>
-  <c r="E90" i="8" s="1"/>
-[...4 lines deleted...]
-  <c r="E95" i="8"/>
+  <c r="E74" i="8" s="1"/>
+  <c r="E75" i="8"/>
+  <c r="E77" i="8"/>
+  <c r="E76" i="8"/>
+  <c r="E80" i="8"/>
+  <c r="E79" i="8"/>
   <c r="F5" i="10"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="495" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="527" uniqueCount="319">
   <si>
     <t>Toelichting</t>
   </si>
   <si>
     <t>Totaal score</t>
   </si>
   <si>
     <t>Indicatie voor laag risico</t>
   </si>
   <si>
     <t>Indicatie voor hoog risico</t>
   </si>
   <si>
     <t>Aanpak</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>Toelichting van invuller:</t>
   </si>
   <si>
     <t>Organisatie &amp; Governance</t>
   </si>
   <si>
     <t>Gedrag &amp; Cultuur</t>
   </si>
   <si>
     <t>Inzicht in technologielandschap</t>
   </si>
   <si>
     <t>Detectie</t>
   </si>
   <si>
-    <t>Reactie</t>
-[...1 lines deleted...]
-  <si>
     <t>Na het doorlopen van de onderstaande stappen, kan het cyberrisicoprofiel bepaald worden en kan gericht gezocht worden in beschikbare standaarden naar relevante maatregelen.</t>
   </si>
   <si>
     <t>Dashboard - Uitkomsten cyberrisico's</t>
   </si>
   <si>
     <t xml:space="preserve">http://www.nist.gov/cyberframework/ </t>
   </si>
   <si>
     <t>ISACA - Diverse whitepapers</t>
   </si>
   <si>
     <t>Vragen per categorie:</t>
   </si>
   <si>
     <t>http://www.ncsc.nl</t>
   </si>
   <si>
     <t xml:space="preserve">  </t>
   </si>
   <si>
     <t>De CSA is ter ondersteuning van de manager en de IT-auditor bij het bepalen van de cyberrisico's van een organisatie.</t>
   </si>
   <si>
     <t>Waardeketen (stakeholders) versus risico's</t>
@@ -357,435 +378,235 @@
   <si>
     <t>Links en verwijzingen</t>
   </si>
   <si>
     <t>Wet- en regelgeving</t>
   </si>
   <si>
     <t>governance en organisatie</t>
   </si>
   <si>
     <t>gedrag en cultuur</t>
   </si>
   <si>
     <t>waardeketen en stakeholders</t>
   </si>
   <si>
     <t>technologielandschap</t>
   </si>
   <si>
     <t>wet- en regelgeving</t>
   </si>
   <si>
     <t>detectie</t>
   </si>
   <si>
-    <t>reactie</t>
-[...1 lines deleted...]
-  <si>
     <t>De vragen en aanpak zijn gebaseerd op het FFIEC-raamwerk (zie https://www.ffiec.gov/cyberassessmenttool.htm).</t>
   </si>
   <si>
     <t>1 = Hoog</t>
   </si>
   <si>
     <t>2 = Midden</t>
   </si>
   <si>
     <t xml:space="preserve">3 = Laag </t>
   </si>
   <si>
-    <t>Algemeen</t>
-[...17 lines deleted...]
-  <si>
     <t>Grootschalig - forse impact - directie wisselingen</t>
   </si>
   <si>
     <t>Geen</t>
   </si>
   <si>
     <t xml:space="preserve">Verkenning is uitgevoerd </t>
   </si>
   <si>
     <t>Is uw organisatie afhankelijk van internationale handel?</t>
   </si>
   <si>
-    <t>Internationaal actief (buiten de EU)</t>
-[...1 lines deleted...]
-  <si>
     <t>Alleen actief in de EU</t>
   </si>
   <si>
-    <t>Nee, alleen actief in NL</t>
-[...28 lines deleted...]
-  <si>
     <t>&gt; 20%</t>
   </si>
   <si>
     <t>10-20%</t>
   </si>
   <si>
     <t>0 -10%</t>
   </si>
   <si>
-    <t>Wordt de afhankelijkheid van ICT-voorziening voor uw organisatie groter bijv. als gevolg van verdergaande digitalisering / automatisering?</t>
-[...1 lines deleted...]
-  <si>
     <t>Ja - diverse trajecten lopen momenteel</t>
   </si>
   <si>
-    <t>Technologie &amp; derde partijen</t>
-[...4 lines deleted...]
-  <si>
     <t>NVT</t>
   </si>
   <si>
     <t>Geen onbeveiligde verbindingen</t>
   </si>
   <si>
-    <t>Meer dan de helft interne applicaties / technologieën</t>
-[...100 lines deleted...]
-  <si>
     <t>Totaal inherent cyber risk</t>
   </si>
   <si>
     <t>Risicoscore</t>
   </si>
   <si>
-    <t>43 - 52</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Voetnoot a) </t>
   </si>
   <si>
     <t>Versie</t>
   </si>
   <si>
     <t>Opmerkingen</t>
   </si>
   <si>
     <t>0.81</t>
   </si>
   <si>
     <t xml:space="preserve">April - interne review subgroep </t>
   </si>
   <si>
     <t>0.90</t>
   </si>
   <si>
     <t>April - interne review Kennisgroep</t>
   </si>
   <si>
     <t>0.91</t>
   </si>
   <si>
     <t>Mei - commentaar Rob Bouman verwerkt</t>
   </si>
   <si>
     <t>1.0</t>
   </si>
   <si>
     <t>Juni 2020 - integrale vragenlijst</t>
   </si>
   <si>
     <t xml:space="preserve">Beperkte reorganisatie - met gemiddelde impact </t>
   </si>
   <si>
-    <t>Uw organisatie kan een paar dagen functioneren zonder klantenimpact</t>
-[...4 lines deleted...]
-  <si>
     <t>2.1</t>
   </si>
   <si>
     <t>Nieuwe integrale versie</t>
   </si>
   <si>
     <t>NCSC - Cybersecurity links</t>
   </si>
   <si>
     <t>https://www.isaca.org/search#q=cyber%20security%20program&amp;sort=relevancy&amp;f:Language=[English]</t>
   </si>
   <si>
     <t>2.14</t>
   </si>
   <si>
     <t>Tussen versie met aangepaste links  - verwerkt</t>
   </si>
   <si>
     <t>2.15</t>
   </si>
   <si>
     <t>Nieuwe standaarden toegevoegd</t>
   </si>
   <si>
     <t>2.16</t>
   </si>
   <si>
     <t>Commentaar Johan en Jean verwerkt</t>
   </si>
   <si>
     <t>2.2</t>
   </si>
   <si>
     <t>Def versie</t>
   </si>
   <si>
-    <t>NIST is planning a new, more significant update to the Framework: CSF 2.0.</t>
-[...7 lines deleted...]
-  <si>
     <t>Categorie</t>
   </si>
   <si>
     <t>Vraag</t>
   </si>
   <si>
     <t>Nr.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hier vindt u meer informatie over vitale aanbieders: https://nctv.nl/Wbni/vitale-aanbieders.aspx. De meeste vitale aanbieders worden in of op grond van het Besluit beveiliging netwerk- en informatiesystemen (Bbni) aangewezen als aanbieder van een essentiële dienst (AED) of als aanbieder van een andere dienst waarvan de continuïteit van vitaal belang is voor de Nederlandse samenleving (‘andere aangewezen vitale aanbieder’, AAVA).</t>
   </si>
   <si>
     <t>Maximum score</t>
   </si>
   <si>
     <t xml:space="preserve">Minimum score </t>
   </si>
   <si>
     <t>Doel</t>
   </si>
   <si>
     <t>Risico inschatting</t>
   </si>
   <si>
     <t>https://www.cisecurity.org/controls/v8</t>
   </si>
   <si>
     <t>Inherente Cyber Risicoanalyse (ICR)</t>
   </si>
   <si>
     <t>Selecteer score
  (Ja of Nee)</t>
   </si>
   <si>
-    <t>CIS v8 May 18, 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>Score</t>
   </si>
   <si>
     <t>Waardevolle standaarden</t>
   </si>
   <si>
-    <t>CIS v8</t>
-[...1 lines deleted...]
-  <si>
     <t>Legenda</t>
   </si>
   <si>
     <t>Stel belangrijke verbeteringen vast, implementeer deze binnen 1 jaar. Voer na 1 jaar opnieuw een ICR en CSA uit.</t>
   </si>
   <si>
     <t>Start een project om verbeterpunten te implementeren binnen 6 maanden. Voer na 6 maanden opnieuw een ICR en CSA uit.</t>
   </si>
   <si>
     <t>Aktie zeer korte termijn</t>
   </si>
   <si>
     <t>Start een project of programma om belangrijke verbeterpunten te implementeren en bewaak de voortgang.</t>
   </si>
   <si>
     <t>ISO/IEC 27002</t>
-  </si>
-[...1 lines deleted...]
-    <t>CCM 4.05</t>
   </si>
   <si>
     <t>https://www.iso.org/standard/75652.html</t>
   </si>
   <si>
     <t>ISO/IEC 27002:2022
 Information security, cybersecurity and privacy protection — Information security controls</t>
   </si>
   <si>
-    <t>NIST - Cybersecurity Framework, Version 1.1, Framework for Improving Critical Infrastructure Cybersecurity
-[...2 lines deleted...]
-  <si>
     <t>COBIT 2019, ISACA framework</t>
   </si>
   <si>
     <t>Standaarden</t>
   </si>
   <si>
     <t>Links</t>
   </si>
   <si>
     <t>PCI/DSS</t>
   </si>
   <si>
     <t>De Inherente Cyber Risicoanalyse (ICR) is gericht op het bepalen van het inherente risicoprofiel van een organisatie op het gebied van cybersecurity. Met andere woorden in welke mate loopt de organisatie een cybersecurity risico gezien de activiteiten en werkzaamheden die de organisatie uitvoert in de omgeving waarin de organisatie functioneert. Een ICR is daardoor primair gericht op de omgeving van de organisatie en externe dreigingen die hierin een rol spelen, met uiteraard als startpunt (het karakter van) de werkzaamheden die de organisatie uitvoert.</t>
   </si>
   <si>
     <t>Overall cyber risico score (1-10)</t>
   </si>
   <si>
     <t>ICR staat voor Inherente Cyber Risicoanalyse</t>
   </si>
   <si>
     <t>CSA staat voor Cyber Security Assessment</t>
   </si>
   <si>
     <t>Mogelijke acties</t>
@@ -808,402 +629,631 @@
   <si>
     <t>CSA Hoog (&lt;4)</t>
   </si>
   <si>
     <t>Voer na een jaar opnieuw een ICR en CSA uit.</t>
   </si>
   <si>
     <t>ISACA COBIT</t>
   </si>
   <si>
     <t>NIST CSF</t>
   </si>
   <si>
     <t>CIS controls</t>
   </si>
   <si>
     <t>DNB controls</t>
   </si>
   <si>
     <t>bieden hier handvatten voor.</t>
   </si>
   <si>
     <t>CCM</t>
   </si>
   <si>
-    <t>Publication date: 2022-02
-[...134 lines deleted...]
-  <si>
     <t>Is er binnen uw organisatie op dit moment sprake van een re(her)organisatie?</t>
   </si>
   <si>
-    <t xml:space="preserve">In welke mate is uw bedrijfsvoering afhankelijk van ICT (intern georganiseerd of uitbesteed)? </t>
-[...28 lines deleted...]
-  <si>
     <t>https://open.overheid.nl/repository/ronl-ec4dde7f-d0b3-46dc-83f7-174c42584100/1/pdf/tk-bijlage-overzicht-wet-en-regelgeving-cybersecurity.pdf</t>
   </si>
   <si>
     <t>Overzicht wet- en regelgeving cybersecurity</t>
   </si>
   <si>
     <t>https://cloudsecurityalliance.org/research/cloud-controls-matrix/</t>
   </si>
   <si>
-    <t>https://listings.pcisecuritystandards.org/documents/PCI-DSS-v4_0.pdf</t>
-[...10 lines deleted...]
-  <si>
     <t>https://www.isaca.org/resources/cobit</t>
   </si>
   <si>
-    <t>Actuele versie d.d. dec 2022</t>
-[...16 lines deleted...]
-  <si>
     <t>Het bepalen van het belang van een effectieve cybersecuritybeheersing. Dit als input voor de Cyber Security Assessment (zie tab 'Bepaal beheersing (CSA)').</t>
   </si>
   <si>
     <t>Resultaat na uitvoering ICR en CSA</t>
   </si>
   <si>
-    <t>In 2023 komt DNB met een nieuwe versie</t>
-[...1 lines deleted...]
-  <si>
     <t>Geen actie</t>
   </si>
   <si>
     <t>Actie lange termijn</t>
   </si>
   <si>
     <t>Actie korte termijn</t>
   </si>
   <si>
     <t>3.0</t>
   </si>
   <si>
     <t>Versie 2023 met dashboard en aangepaste standaarden</t>
   </si>
   <si>
     <t>3.01</t>
   </si>
   <si>
     <t>Versie april met aanpassingen in de CSA</t>
   </si>
   <si>
     <t>Hoog risico (score &lt;4)</t>
   </si>
   <si>
     <t>Midden risico (score 4, 5 of 6)</t>
   </si>
   <si>
     <t>Laag risico (score &gt;6)</t>
   </si>
   <si>
-    <t>Celkleur:</t>
-[...52 lines deleted...]
-  <si>
     <t xml:space="preserve">Bepaal de risico-indicatie per vraag met 'Ja' of 'Nee' op basis van het actuele beeld. </t>
   </si>
   <si>
     <t>Als een vraag niet kan worden beantwoord, dan is het antwoord in principe 'Nee'.</t>
-  </si>
-[...7 lines deleted...]
-    <t>Heeft uw organisatie recentelijk te maken gehad met ransomware, CEO fraude of APT (Advanced Persistent Threats) binnen de eigen infrastructuur?</t>
   </si>
   <si>
     <t>De Cyber Security Assessment (CSA) legt in de eerste plaats mogelijke risico’s bloot van een organisatie, processen, systemen en gegevens die te maken hebben met cybercrime. Daarmee draagt zij bij aan het vermijden of mitigeren van deze cybersecurity risico’s. 
 Op basis van de antwoorden van de CSA wordt op gestructureerde wijze inzichtelijk gemaakt of er een kans is dat de organisatie, processen, systemen en gegevens kunnen worden geschaad door een cybercrime aanval en welke raamwerken er beschikbaar zijn om deze risico's te mitigeren.</t>
   </si>
   <si>
     <t>ICR Laag (3)</t>
   </si>
   <si>
     <t>ICR Midden (2)</t>
   </si>
   <si>
     <t>ICR Hoog (1)</t>
   </si>
   <si>
     <t>Laag-risico indien totaal &gt;</t>
   </si>
   <si>
     <t>Midden-risico indien totaal tussen</t>
   </si>
   <si>
     <t>Hoog-risico indien totaal &lt;</t>
   </si>
   <si>
-    <t>Hoog-risico indien aangewezen als vitale aanbieder (vraag 1 = Hoog en/of vraag 2 = Hoog)</t>
-[...1 lines deleted...]
-  <si>
     <t>Waarde</t>
+  </si>
+  <si>
+    <t>https://www.digitaleoverheid.nl/overzicht-van-alle-onderwerpen/nis2-richtlijn/</t>
+  </si>
+  <si>
+    <t>https://www.dnb.nl/media/vskni24i/good-practice-ib-2023.pdf</t>
+  </si>
+  <si>
+    <t>Good Practice
+Informatiebeveiliging 2023</t>
+  </si>
+  <si>
+    <t>DORA raamwerk</t>
+  </si>
+  <si>
+    <t>https://www.eba.europa.eu/activities/direct-supervision-and-oversight/digital-operational-resilience-act</t>
+  </si>
+  <si>
+    <t>3.99</t>
+  </si>
+  <si>
+    <t>Werkversie 2025</t>
+  </si>
+  <si>
+    <t>Worden trainingen afgestemd op werksituaties en actuele dreigingen?</t>
+  </si>
+  <si>
+    <t>Wordt er binnen de organisatie openlijk gesproken over (on)veilig gedrag en incidenten?</t>
+  </si>
+  <si>
+    <t>Zijn alle (externe en interne) interfaces, communicatiekanalen en verbindingen geïnventariseerd en gemonitord?</t>
+  </si>
+  <si>
+    <t>Is het patchbeleid afgestemd op dreigingsniveau en wettelijke verplichtingen?</t>
+  </si>
+  <si>
+    <t>Worden relevante nationale en Europese wetgeving (zoals AVG, NIS2, DORA, meldplicht) actief gevolgd en toegepast?</t>
+  </si>
+  <si>
+    <t>Heeft de organisatie een juridisch kader voor aansprakelijkheid, bewijsvoering en toezicht in geval van cybercrime?</t>
+  </si>
+  <si>
+    <t>Wordt geautomatiseerde detectie toegepast op kritieke processen, netwerken en endpoints?</t>
+  </si>
+  <si>
+    <t>Reactie &amp; Herstel</t>
+  </si>
+  <si>
+    <t>Worden incidenten geclassificeerd o.b.v. impact en type (bijv. ransomware, datalek, DDoS)?</t>
+  </si>
+  <si>
+    <t>Wordt er binnen 24 uur gerapporteerd aan relevante instanties conform NIS2/DORA?</t>
+  </si>
+  <si>
+    <t>Is er een getest business continuity- en disaster recoveryplan (BCM/DRP)?</t>
+  </si>
+  <si>
+    <t>reactie &amp; herstel</t>
+  </si>
+  <si>
+    <t>1. Algemeen</t>
+  </si>
+  <si>
+    <t>2. Organisatie 
+karakteristieken</t>
+  </si>
+  <si>
+    <t>3. Technologie &amp; derde partijen</t>
+  </si>
+  <si>
+    <t>4. Online aangeboden producten of diensten</t>
+  </si>
+  <si>
+    <t>5. Externe cyberdreigingen</t>
+  </si>
+  <si>
+    <t>Is uw organisatie aangemerkt als essentiële of belangrijke entiteit onder NIS2?</t>
+  </si>
+  <si>
+    <t>Heeft uw organisatie afhankelijkheden van andere entiteiten die essentieel zijn voor de levering van digitale of financiële diensten?</t>
+  </si>
+  <si>
+    <t>Is er sprake van een fusie, overname of herstructurering die gevolgen heeft voor de operationele veerkracht of het risicoprofiel?</t>
+  </si>
+  <si>
+    <t>Hebben derde partijen toegang tot interne ICT systemen van uw organisatie?</t>
+  </si>
+  <si>
+    <t>Wordt vertrouwelijke of bedrijfskritische informatie opgeslagen of verwerkt door externe partijen?</t>
+  </si>
+  <si>
+    <t>Heeft uw organisatie recent cyberincidenten ondervonden zoals ransomware, APT’s of CEO-fraude?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ja, besluitvorming in gevorderd stadium of activiteiten lopen momenteel </t>
+  </si>
+  <si>
+    <t>NIS2-richtlijn</t>
+  </si>
+  <si>
+    <t>https://docs-prv.pcisecuritystandards.org/PCI%20DSS/Standard/PCI-DSS-v4_0_1.pdf</t>
+  </si>
+  <si>
+    <t>Werkversie 2025 met aanpassingen ICR, CSA en standaarden</t>
+  </si>
+  <si>
+    <t>Ja, volledig gebruik van (cloud)leveranciers</t>
+  </si>
+  <si>
+    <t>Celkleur</t>
+  </si>
+  <si>
+    <t>DORA</t>
+  </si>
+  <si>
+    <t>Wat is het totaal aantal vaste werknemers (FTE) en externen betrokken bij de beheersing van cyber risico's?</t>
+  </si>
+  <si>
+    <t>&gt; 1000</t>
+  </si>
+  <si>
+    <t>1000 - 250</t>
+  </si>
+  <si>
+    <t>&lt;250</t>
+  </si>
+  <si>
+    <t>Alleen actief in NL</t>
+  </si>
+  <si>
+    <t xml:space="preserve">In welke mate is uw bedrijfsvoering afhankelijk van ICT (intern of uitbesteed)? </t>
+  </si>
+  <si>
+    <t>Weinig impact</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wat is het verloop onder vaste ICT-werknemers per jaar?  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">&gt; 10% </t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 - 10% </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Welk percentage van de ICT-infrastructuur wordt maandelijks gewijzigd? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">0 - 5% </t>
+  </si>
+  <si>
+    <t>Wordt de afhankelijkheid van ICT groter door digitalisering of automatisering?</t>
+  </si>
+  <si>
+    <t>Heeft uw organisatie meerdere vestigingen of een internationale structuur met decentrale IT-ondersteuning?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ja, meerdere landen en/of decentrale IT-organisatie </t>
+  </si>
+  <si>
+    <t>Ja, meerdere vestigingen maar centrale IT-organisatie</t>
+  </si>
+  <si>
+    <t>Nee, één vestiging of volledig gecentraliseerde IT-ondersteuning</t>
+  </si>
+  <si>
+    <t>Op termijn verwacht</t>
+  </si>
+  <si>
+    <t>Worden kritieke gegevens uitgewisseld via niet-versleutelde of onvoldoende beveiligde verbindingen (zoals e-mail, FTP, onbeveiligde API’s)?</t>
+  </si>
+  <si>
+    <t>Worden bedrijfskritische diensten geleverd via externe (cloud)leveranciers?</t>
+  </si>
+  <si>
+    <t>Worden systemen of software gebruikt die End-of-Life of niet langer ondersteund zijn?</t>
+  </si>
+  <si>
+    <t>Is uw organisatie bezig met of afhankelijk van cloudmigratie voor bedrijfskritische processen of dataopslag?</t>
+  </si>
+  <si>
+    <t>Ja, 1 of meer verbindingen</t>
+  </si>
+  <si>
+    <t>Beperkt gebruik van (cloud)leveranciers</t>
+  </si>
+  <si>
+    <t>&lt;10%</t>
+  </si>
+  <si>
+    <t>Ja, 1 of meer partijen</t>
+  </si>
+  <si>
+    <t>Ja, cloud is bedrijfskritisch</t>
+  </si>
+  <si>
+    <t>Beperkt gebruik of in transitie</t>
+  </si>
+  <si>
+    <t>Geen gebruik</t>
+  </si>
+  <si>
+    <t>Maakt uw organisatie gebruik van AI/ML-systemen die toegang hebben tot gevoelige of vertrouwelijke gegevens (zoals persoonsgegevens, klantdata, financiële informatie)?</t>
+  </si>
+  <si>
+    <t>Ja – AI/ML heeft toegang tot gevoelige data</t>
+  </si>
+  <si>
+    <t>Beperkt – alleen interne testdata of geanonimiseerde data</t>
+  </si>
+  <si>
+    <t>Nee – geen AI/ML of geen toegang tot gevoelige data</t>
+  </si>
+  <si>
+    <t>Is uw organisatie afhankelijk van een complex of gedistribueerd netwerklandschap (bijv. meerdere locaties, hybride cloud, OT/IT-integratie)?</t>
+  </si>
+  <si>
+    <t>Ja – meerdere netwerken, hybride cloud, OT/IT-integratie</t>
+  </si>
+  <si>
+    <t>Beperkt – enkele segmenten, centrale controle</t>
+  </si>
+  <si>
+    <t>Nee – eenvoudig, centraal netwerk</t>
+  </si>
+  <si>
+    <t>Verwerkt uw organisatie bijzondere persoonsgegevens (zoals biometrie, medische gegevens, camerabeelden)?</t>
+  </si>
+  <si>
+    <t>Verwerking van meerdere typen bijzondere persoonsgegevens</t>
+  </si>
+  <si>
+    <t>Beperkte verwerking van bijzondere persoonsgegevens</t>
+  </si>
+  <si>
+    <t>Geen verwerking van bijzondere persoonsgegevens</t>
+  </si>
+  <si>
+    <t>Zijn bedrijfskritische OT/SCADA-systemen binnen uw organisatie op afstand benaderbaar via internet?</t>
+  </si>
+  <si>
+    <t>Volledige remote toegang via internet</t>
+  </si>
+  <si>
+    <t>Beperkte remote toegang via internet</t>
+  </si>
+  <si>
+    <t>Geen remote toegang via internet</t>
+  </si>
+  <si>
+    <t>Worden online diensten geleverd via mobiele apps of webportalen?</t>
+  </si>
+  <si>
+    <t>Zowel via mobiele apps als webportalen</t>
+  </si>
+  <si>
+    <t>Alleen via webportalen</t>
+  </si>
+  <si>
+    <t>Geen online diensten</t>
+  </si>
+  <si>
+    <t>Is uw organisatie actief in e-commerce of digitale dienstverlening aan consumenten?</t>
+  </si>
+  <si>
+    <t>Ja, primaire dienstverlening is digitaal</t>
+  </si>
+  <si>
+    <t>Gedeeltelijk digitaal</t>
+  </si>
+  <si>
+    <t>Geen digitale dienstverlening</t>
+  </si>
+  <si>
+    <t>Heeft uw organisatie een internationale klantenbasis via online kanalen?</t>
+  </si>
+  <si>
+    <t>Klanten wereldwijd, inclusief buiten EU</t>
+  </si>
+  <si>
+    <t>Klanten binnen EU</t>
+  </si>
+  <si>
+    <t>Alleen Nederlandse klanten</t>
+  </si>
+  <si>
+    <t>Worden API’s gebruikt voor het ontsluiten van online diensten naar externe partijen?</t>
+  </si>
+  <si>
+    <t>Ja, meerdere externe API-integraties</t>
+  </si>
+  <si>
+    <t>Beperkt aantal API’s</t>
+  </si>
+  <si>
+    <t>Geen gebruik van API’s</t>
+  </si>
+  <si>
+    <t>Is uw organisatie doelwit geweest van geslaagde cyberaanvallen in de afgelopen 12 maanden?</t>
+  </si>
+  <si>
+    <t>Ja, meerdere geslaagde aanvallen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eén geslaagde aanval </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geen geslaagde aanvallen </t>
+  </si>
+  <si>
+    <t>Wordt uw organisatie genoemd op hackersfora of dreigingsrapporten?</t>
+  </si>
+  <si>
+    <t>Ja, regelmatig genoemd</t>
+  </si>
+  <si>
+    <t>Eenmalig genoemd</t>
+  </si>
+  <si>
+    <t>Niet genoemd</t>
+  </si>
+  <si>
+    <t>Heeft uw organisatie impact ondervonden van cyberaanvallen op ketenpartners of leveranciers?</t>
+  </si>
+  <si>
+    <t>Ja, met directe impact op bedrijfsvoering</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ja, zonder directe impact </t>
+  </si>
+  <si>
+    <t>Ja, met bijzondere persoonsgegevens</t>
+  </si>
+  <si>
+    <t>Ja, met algemene persoonsgegevens</t>
+  </si>
+  <si>
+    <t>Ja, met beperkt verlies</t>
+  </si>
+  <si>
+    <t>NIST - Cybersecurity Framework, Version 2.0 (februari 2024)</t>
+  </si>
+  <si>
+    <t>Cloud Control Matrix v4.0.10</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CIS v8.1 </t>
+  </si>
+  <si>
+    <t>PCI/DSS V4.01</t>
+  </si>
+  <si>
+    <t>NIS2</t>
+  </si>
+  <si>
+    <t>Werkversie 2025 met verdere aanpassingen</t>
+  </si>
+  <si>
+    <t>Zijn op basis van risicoanalyses maatregelen genomen voor de digitale veiligheid van uw organisatie én de toeleveranciers (incl. IT-keten)?</t>
+  </si>
+  <si>
+    <t>Zijn verantwoordelijkheden voor cybersecurity-risico’s duidelijk belegd op directie- en operationeel niveau?</t>
+  </si>
+  <si>
+    <t>Is cybersecurity een integraal onderdeel van de bedrijfsvoering en besluitvorming, incl. risicomanagement?</t>
+  </si>
+  <si>
+    <t>Heeft de organisatie een formeel governance-model voor cybersecurity en digitale weerbaarheid?</t>
+  </si>
+  <si>
+    <t>Heeft een directielid expliciet cybersecurity in zijn/haar portefeuille?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Werkt uw organisatie samen met externe deskundigen voor cyberpreventie en -respons? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Is er een intern of extern gespecialiseerd incident response team beschikbaar? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Worden medewerkers regelmatig getraind in cybersecurity awareness, inclusief specifieke dreigingen zoals phishing of ransomware? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wordt gedrag met betrekking tot cyberveiligheid gemeten, geëvalueerd en verbeterd? </t>
+  </si>
+  <si>
+    <t>Weten medewerkers waar en hoe zij datalekken of cyberincidenten moeten melden?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Is voorbeeldgedrag (Tone at the Top) aantoonbaar aanwezig op het gebied van cybersecurity? </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heeft de organisatie inzicht in de kroonjuwelen (kritieke assets) en hun beveiliging? </t>
+  </si>
+  <si>
+    <t>Zijn er contractuele afspraken met leveranciers over beveiliging, beschikbaarheid en meldplicht?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Worden externe cybersecuritymaatregelen van ketenpartners geëvalueerd? </t>
+  </si>
+  <si>
+    <t>Is er een proces voor periodieke evaluatie en auditing van externe partijen?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zijn risico’s van leveranciers en derde partijen in kaart gebracht, inclusief ICT-uitbesteding? </t>
+  </si>
+  <si>
+    <t>Heeft de organisatie een actueel overzicht van het gehele IT-technologielandschap, inclusief Shadow IT?</t>
+  </si>
+  <si>
+    <t>Worden kwetsbaarheden actief opgespoord en worden maatregelen daarop afgestemd?</t>
+  </si>
+  <si>
+    <t>Wordt lifecycle management toegepast op IT-componenten en software?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wordt de impact van nieuwe wet- en regelgeving geëvalueerd binnen beleid en processen? </t>
+  </si>
+  <si>
+    <t>Zijn er contacten met relevante autoriteiten (NCSC, politie, toezichthouder) over cyberdreigingen?</t>
+  </si>
+  <si>
+    <t>Is er een meldprocedure voor incidenten die voldoet aan de meldtermijnen van NIS2 of DORA  (24u melding aan CSIRT/Toezichthouder)?</t>
+  </si>
+  <si>
+    <t>Is de organisatie in staat om afwijkend gedrag en indicatoren van cyberdreigingen tijdig te detecteren?</t>
+  </si>
+  <si>
+    <t>Is samenwerking met externe partijen (SOC, CERT, threat intel) ingericht voor dreigingsdetectie?</t>
+  </si>
+  <si>
+    <t>Worden logbestanden, monitoringdata en alerts gecentraliseerd en geanalyseerd?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Is een centraal meldpunt ingericht voor (fysieke en logische) beveiligingsincidenten? </t>
+  </si>
+  <si>
+    <t>Is er een incident response plan (CSIRT/SIRT) aanwezig en geoefend, afgestemd op DORA/NIS2 verplichtingen?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Worden leveranciers betrokken bij crisissimulaties, Red/Blue teaming of tabletop exercises? </t>
+  </si>
+  <si>
+    <t>Is uw organisatie een financiële entiteit of kritische dienstverlener zoals gedefinieerd in DORA?</t>
+  </si>
+  <si>
+    <t>Staat uw organisatie onder toezicht van een nationale of Europese toezichthouder met verplichtingen op het gebied van digitale weerbaarheid?</t>
+  </si>
+  <si>
+    <t>Heeft uw organisatie datalekken gemeld als gevolg van cyberaanvallen, social engineering of verlies van devices?</t>
+  </si>
+  <si>
+    <t>Ja, 1 of meer subverwerkers</t>
+  </si>
+  <si>
+    <t>Internationaal actief (ook buiten de EU)</t>
+  </si>
+  <si>
+    <t>Uitval heeft direct impact op klantomzet</t>
+  </si>
+  <si>
+    <t>Enkele dagen mogelijk zonder impact op de klantomzet</t>
+  </si>
+  <si>
+    <t>Ja, met groot verlies van gegevens</t>
+  </si>
+  <si>
+    <t>Hoog-risico indien uw organistie is aangewezen als essentiele of belangrijke entiteit onder NIS2 of moet voldoen aan DORA (vraag 1 = Hoog en/of vraag 2 = Hoog)</t>
+  </si>
+  <si>
+    <t>45 - 66</t>
+  </si>
+  <si>
+    <t>https://www.nctv.nl/onderwerpen/wet-beveiliging-netwerk--en-informatiesystemen/voor-wie-geldt-de-wbni/vitale-aanbieders</t>
+  </si>
+  <si>
+    <t>Hier vindt u meer informatie over vitale aanbieders:</t>
+  </si>
+  <si>
+    <t>Is er een actueel overzicht van getroffen en benodigde cybermaatregelen en beleid?</t>
+  </si>
+  <si>
+    <t>4.0 KG</t>
+  </si>
+  <si>
+    <t>Concept versie voor review KG</t>
+  </si>
+  <si>
+    <t>IIA</t>
+  </si>
+  <si>
+    <t>https://www.theiia.org/en/standards/2024-standards/topical-requirements/cybersecurity/</t>
+  </si>
+  <si>
+    <t>IIA Cybersecurity Topical Requirement, 5 February 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="47" x14ac:knownFonts="1">
+  <fonts count="47">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color indexed="63"/>
       <name val="Cambria"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color indexed="63"/>
@@ -1389,50 +1439,51 @@
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Lucida Sans Unicode"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Lucida Sans Unicode"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Lucida Sans Unicode"/>
+      <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Lucida Sans Unicode"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFC00000"/>
       <name val="Lucida Sans Unicode"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Lucida Sans Unicode"/>
@@ -1455,53 +1506,54 @@
       <u/>
       <sz val="10"/>
       <color theme="10"/>
       <name val="Lucida Sans Unicode"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="16"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <name val="Lucida Sans Unicode"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Lucida Sans Unicode"/>
+      <family val="2"/>
     </font>
   </fonts>
-  <fills count="29">
+  <fills count="28">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="47"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="26"/>
       </patternFill>
@@ -1584,56 +1636,50 @@
         </stop>
         <stop position="1">
           <color rgb="FFFF0000"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <gradientFill degree="225">
         <stop position="0">
           <color theme="0"/>
         </stop>
         <stop position="1">
           <color rgb="FFFFC000"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <gradientFill degree="225">
         <stop position="0">
           <color theme="0"/>
         </stop>
         <stop position="1">
           <color rgb="FF92D050"/>
         </stop>
       </gradientFill>
-    </fill>
-[...4 lines deleted...]
-      </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -2109,51 +2155,51 @@
     <xf numFmtId="0" fontId="18" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="18" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="7" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="1" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="7" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="2" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="254">
+  <cellXfs count="267">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
@@ -2164,707 +2210,719 @@
     </xf>
     <xf numFmtId="0" fontId="27" fillId="13" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="13" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="13" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="34" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="17" fontId="33" fillId="0" borderId="11" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="35" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="27" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="17" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="18" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="19" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="21" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="20" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="13" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="13" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="21" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="24" fillId="21" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="25" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="20" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="25" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="21" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="20" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="25" fillId="16" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="13" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="25" fillId="16" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="36" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="36" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="21" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="22" borderId="32" xfId="0" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="22" borderId="33" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="32" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="36" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="33" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="1" fontId="25" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="14" fontId="0" fillId="20" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="1" fontId="23" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="22" borderId="0" xfId="0" applyFill="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="9" fontId="23" fillId="21" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="34" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="35" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="23" fillId="20" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="22" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="25" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="25" fillId="23" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="24" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="25" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="23" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="25" fillId="24" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="25" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="1" fontId="21" fillId="21" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="21" fillId="20" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="22" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="21" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="21" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="20" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="13" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="13" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="21" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="24" fillId="21" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="20" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="38" fillId="21" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="38" fillId="20" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="21" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="20" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="15" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="14" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="26" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="42" fillId="26" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="25" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="25" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="25" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="25" borderId="34" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="25" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="25" borderId="35" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="42" fillId="25" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="26" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="25" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="26" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="25" borderId="35" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="9" fontId="25" fillId="22" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="25" fillId="21" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="9" fontId="25" fillId="22" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="25" fillId="21" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="27" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="26" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="27" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="26" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="27" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="26" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="27" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="26" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="27" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="39" fillId="27" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="39" fillId="26" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="27" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="27" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="26" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="27" borderId="18" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="26" borderId="18" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="22" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="21" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="21" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="22" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="21" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="22" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="21" borderId="11" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="20" borderId="11" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="21" borderId="16" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="20" borderId="16" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="21" borderId="11" xfId="29" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="18" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="23" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="25" fillId="21" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="45" fillId="21" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="46" fillId="26" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="20" borderId="16" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="20" borderId="15" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="43" fillId="20" borderId="11" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="26" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="26" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="26" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="26" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="25" fillId="26" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="26" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="26" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="26" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="23" fillId="26" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="37" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="20" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="17" fontId="33" fillId="20" borderId="11" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="20" borderId="0" xfId="29" applyFill="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="21" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="14" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="22" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="23" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="18" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="0" xfId="0" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="3" fontId="2" fillId="26" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="46" fillId="27" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="44" fillId="26" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="24" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="26" borderId="25" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="44" fillId="25" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="25" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="26" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="25" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="26" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="25" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="26" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="25" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="26" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="25" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="22" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="21" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="22" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="21" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="22" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="21" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="21" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="21" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="32" fillId="21" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="32" fillId="20" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="22" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="36" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="22" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="21" borderId="33" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="27" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="27" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="27" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="27" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="27" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="27" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="21" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="20" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="27" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="27" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="27" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="27" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="27" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="27" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="26" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="21" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="27" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...30 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="37" fillId="21" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="21" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="21" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="21" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="21" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="27" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="20" borderId="16" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="20" borderId="15" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="20" borderId="11" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="20" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="37" fillId="22" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="20" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="22" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="20" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="25" fillId="22" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="37" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="21" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="0" fontId="33" fillId="21" borderId="11" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="20" borderId="11" xfId="29" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="43">
     <cellStyle name="20% - Accent1" xfId="1" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="2" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="3" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="4" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="5" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="6" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="7" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="8" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="9" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="10" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="11" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="12" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="13" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="14" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="15" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="16" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="17" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="18" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="19" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="20" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="21" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="22" builtinId="41" customBuiltin="1"/>
@@ -3422,56 +3480,56 @@
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<file path=xl/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>417582</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>189795</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 9" descr="NOREA">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
@@ -3497,53 +3555,53 @@
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>241300</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
-      <xdr:colOff>713311</xdr:colOff>
+      <xdr:colOff>705691</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>140810</xdr:rowOff>
+      <xdr:rowOff>139540</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 9" descr="NOREA">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0200-000003000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="241300" y="66675"/>
           <a:ext cx="2551182" cy="768099"/>
         </a:xfrm>
@@ -3553,349 +3611,325 @@
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>254000</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>47625</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1731578</xdr:colOff>
+      <xdr:colOff>1736658</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>132645</xdr:rowOff>
+      <xdr:rowOff>137725</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 9" descr="NOREA">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0300-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="254000" y="47625"/>
           <a:ext cx="2551182" cy="768099"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing4.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
-  <xdr:twoCellAnchor editAs="oneCell">
-[...42 lines deleted...]
-  </xdr:twoCellAnchor>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
+      <xdr:twoCellAnchor>
+        <xdr:from>
+          <xdr:col>0</xdr:col>
+          <xdr:colOff>336550</xdr:colOff>
+          <xdr:row>1</xdr:row>
+          <xdr:rowOff>114300</xdr:rowOff>
+        </xdr:from>
+        <xdr:to>
+          <xdr:col>16</xdr:col>
+          <xdr:colOff>38100</xdr:colOff>
+          <xdr:row>42</xdr:row>
+          <xdr:rowOff>38100</xdr:rowOff>
+        </xdr:to>
+        <xdr:sp macro="" textlink="">
+          <xdr:nvSpPr>
+            <xdr:cNvPr id="7169" name="Object 1" hidden="1">
+              <a:extLst>
+                <a:ext uri="{63B3BB69-23CF-44E3-9099-C40C66FF867C}">
+                  <a14:compatExt spid="_x0000_s7169"/>
+                </a:ext>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0400-0000011C0000}"/>
+                </a:ext>
+              </a:extLst>
+            </xdr:cNvPr>
+            <xdr:cNvSpPr/>
+          </xdr:nvSpPr>
+          <xdr:spPr bwMode="auto">
+            <a:xfrm>
+              <a:off x="0" y="0"/>
+              <a:ext cx="0" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:noFill/>
+            <a:extLst>
+              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                <a14:hiddenFill>
+                  <a:solidFill>
+                    <a:srgbClr val="FFFFFF"/>
+                  </a:solidFill>
+                </a14:hiddenFill>
+              </a:ext>
+            </a:extLst>
+          </xdr:spPr>
+        </xdr:sp>
+        <xdr:clientData/>
+      </xdr:twoCellAnchor>
+    </mc:Choice>
+    <mc:Fallback/>
+  </mc:AlternateContent>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>2276553</xdr:colOff>
+      <xdr:colOff>2265123</xdr:colOff>
       <xdr:row>3</xdr:row>
-      <xdr:rowOff>180976</xdr:rowOff>
+      <xdr:rowOff>169546</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 9" descr="NOREA">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0500-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="257175" y="66675"/>
           <a:ext cx="2641678" cy="793751"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -4028,861 +4062,945 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nctv.nl/onderwerpen/wet-beveiliging-netwerk--en-informatiesystemen/voor-wie-geldt-de-wbni/vitale-aanbieders" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Microsoft_Visio_Drawing.vsdx"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iso.org/standard/75652.html" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dnb.nl/media/oabls2bx/good-practice-ib-2019-2020-nl.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloudsecurityalliance.org/research/cloud-controls-matrix/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sans.org/critical-security-controls/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nist.gov/cyberframework/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://listings.pcisecuritystandards.org/documents/PCI-DSS-v4_0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isaca.org/resources/cobit" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncsc.nl/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isaca.org/search" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.overheid.nl/repository/ronl-ec4dde7f-d0b3-46dc-83f7-174c42584100/1/pdf/tk-bijlage-overzicht-wet-en-regelgeving-cybersecurity.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.overheid.nl/repository/ronl-ec4dde7f-d0b3-46dc-83f7-174c42584100/1/pdf/tk-bijlage-overzicht-wet-en-regelgeving-cybersecurity.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theiia.org/en/standards/2024-standards/topical-requirements/cybersecurity/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isaca.org/search" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iso.org/standard/75652.html" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.eba.europa.eu/activities/direct-supervision-and-oversight/digital-operational-resilience-act" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sans.org/critical-security-controls/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.nist.gov/cyberframework/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cloudsecurityalliance.org/research/cloud-controls-matrix/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dnb.nl/media/vskni24i/good-practice-ib-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs-prv.pcisecuritystandards.org/PCI%20DSS/Standard/PCI-DSS-v4_0_1.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.digitaleoverheid.nl/overzicht-van-alle-onderwerpen/nis2-richtlijn/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.isaca.org/resources/cobit" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ncsc.nl/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <sheetPr codeName="Blad2">
-[...2 lines deleted...]
-  <dimension ref="B2:C13"/>
+  <sheetPr codeName="Blad2"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
-    <sheetView zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="C29" sqref="C29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
   <cols>
-    <col min="3" max="3" width="49" customWidth="1"/>
+    <col min="1" max="2" width="8.81640625" style="67"/>
+    <col min="3" max="3" width="53.81640625" style="67" bestFit="1" customWidth="1"/>
+    <col min="4" max="16384" width="8.81640625" style="67"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:3" ht="14.5" x14ac:dyDescent="0.35">
-[...51 lines deleted...]
-      <c r="C8" s="26" t="s">
+    <row r="1" spans="1:4">
+      <c r="A1" s="193"/>
+      <c r="B1" s="194"/>
+      <c r="C1" s="194"/>
+      <c r="D1" s="195"/>
+    </row>
+    <row r="2" spans="1:4" ht="14.5">
+      <c r="A2" s="196"/>
+      <c r="B2" s="197" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" s="197" t="s">
+        <v>64</v>
+      </c>
+      <c r="D2" s="198"/>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" s="196"/>
+      <c r="B3" s="199" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" s="199" t="s">
+        <v>66</v>
+      </c>
+      <c r="D3" s="198"/>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" s="196"/>
+      <c r="B4" s="199" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" s="199" t="s">
+        <v>68</v>
+      </c>
+      <c r="D4" s="198"/>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" s="196"/>
+      <c r="B5" s="199" t="s">
+        <v>69</v>
+      </c>
+      <c r="C5" s="199" t="s">
+        <v>70</v>
+      </c>
+      <c r="D5" s="198"/>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" s="196"/>
+      <c r="B6" s="199" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" s="199" t="s">
+        <v>72</v>
+      </c>
+      <c r="D6" s="198"/>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" s="196"/>
+      <c r="B7" s="200" t="s">
+        <v>74</v>
+      </c>
+      <c r="C7" s="200" t="s">
+        <v>75</v>
+      </c>
+      <c r="D7" s="198"/>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" s="196"/>
+      <c r="B8" s="200" t="s">
+        <v>78</v>
+      </c>
+      <c r="C8" s="200" t="s">
+        <v>79</v>
+      </c>
+      <c r="D8" s="198"/>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" s="196"/>
+      <c r="B9" s="200" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" s="200" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" s="198"/>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" s="196"/>
+      <c r="B10" s="200" t="s">
+        <v>82</v>
+      </c>
+      <c r="C10" s="200" t="s">
+        <v>83</v>
+      </c>
+      <c r="D10" s="198"/>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" s="196"/>
+      <c r="B11" s="200" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" s="200" t="s">
+        <v>85</v>
+      </c>
+      <c r="D11" s="198"/>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" s="196"/>
+      <c r="B12" s="200" t="s">
         <v>138</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B9" s="26" t="s">
+      <c r="C12" s="200" t="s">
         <v>139</v>
       </c>
-      <c r="C9" s="26" t="s">
+      <c r="D12" s="198"/>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="196"/>
+      <c r="B13" s="200" t="s">
         <v>140</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="B10" s="26" t="s">
+      <c r="C13" s="200" t="s">
         <v>141</v>
       </c>
-      <c r="C10" s="26" t="s">
-[...15 lines deleted...]
-      <c r="C12" s="26" t="s">
+      <c r="D13" s="198"/>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="196"/>
+      <c r="B14" s="200" t="s">
+        <v>160</v>
+      </c>
+      <c r="C14" s="200" t="s">
+        <v>161</v>
+      </c>
+      <c r="D14" s="198"/>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="196"/>
+      <c r="B15" s="201">
+        <v>3991</v>
+      </c>
+      <c r="C15" s="200" t="s">
+        <v>188</v>
+      </c>
+      <c r="D15" s="198"/>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="196"/>
+      <c r="B16" s="201">
+        <v>3992</v>
+      </c>
+      <c r="C16" s="199" t="s">
         <v>272</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
+      <c r="D16" s="198"/>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" s="196"/>
+      <c r="B17" s="201" t="s">
+        <v>314</v>
+      </c>
+      <c r="C17" s="200" t="s">
+        <v>315</v>
+      </c>
+      <c r="D17" s="198"/>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" s="196"/>
+      <c r="B18" s="201"/>
+      <c r="C18" s="200"/>
+      <c r="D18" s="198"/>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" s="202"/>
+      <c r="B19" s="203"/>
+      <c r="C19" s="203"/>
+      <c r="D19" s="204"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Y9KhfircMc18tkDnzcwjPweCPiVd0CSTO0rNM3WKixSYYDALpzymC0y4XXSmkau8C+Mcos+1MsYk470fwjbP4Q==" saltValue="SwyP4SDivRfAPAJfFRvJQw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Intern gebruik</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Q31"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="D24" sqref="D24"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="F5" sqref="F5:M6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="9.1796875" customWidth="1"/>
     <col min="2" max="2" width="13.1796875" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="18.81640625" customWidth="1"/>
-    <col min="4" max="6" width="21.7265625" customWidth="1"/>
+    <col min="4" max="6" width="21.81640625" customWidth="1"/>
     <col min="7" max="7" width="15.1796875" customWidth="1"/>
     <col min="8" max="8" width="13.453125" customWidth="1"/>
-    <col min="9" max="16" width="13.7265625" customWidth="1"/>
+    <col min="9" max="16" width="13.81640625" customWidth="1"/>
     <col min="17" max="17" width="9.1796875" customWidth="1"/>
     <col min="18" max="16384" width="9.1796875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="13" thickBot="1" x14ac:dyDescent="0.3">
-[...64 lines deleted...]
-      <c r="F4" s="142" t="str">
+    <row r="1" spans="1:17" ht="13" thickBot="1">
+      <c r="A1" s="67"/>
+      <c r="B1" s="67"/>
+      <c r="C1" s="67"/>
+      <c r="D1" s="67"/>
+      <c r="E1" s="67"/>
+      <c r="F1" s="67"/>
+      <c r="G1" s="67"/>
+      <c r="H1" s="67"/>
+      <c r="I1" s="67"/>
+      <c r="J1" s="67"/>
+      <c r="K1" s="67"/>
+      <c r="L1" s="67"/>
+      <c r="M1" s="67"/>
+      <c r="N1" s="67"/>
+      <c r="O1" s="67"/>
+      <c r="P1" s="67"/>
+      <c r="Q1" s="67"/>
+    </row>
+    <row r="2" spans="1:17" ht="17.5">
+      <c r="A2" s="67"/>
+      <c r="B2" s="67"/>
+      <c r="C2" s="67"/>
+      <c r="D2" s="67"/>
+      <c r="E2" s="67"/>
+      <c r="F2" s="128" t="s">
+        <v>134</v>
+      </c>
+      <c r="G2" s="129"/>
+      <c r="H2" s="129"/>
+      <c r="I2" s="129"/>
+      <c r="J2" s="129"/>
+      <c r="K2" s="129"/>
+      <c r="L2" s="129"/>
+      <c r="M2" s="130"/>
+      <c r="N2" s="67"/>
+      <c r="O2" s="67"/>
+      <c r="P2" s="67"/>
+      <c r="Q2" s="67"/>
+    </row>
+    <row r="3" spans="1:17">
+      <c r="A3" s="67"/>
+      <c r="B3" s="67"/>
+      <c r="C3" s="67"/>
+      <c r="D3" s="67"/>
+      <c r="E3" s="67"/>
+      <c r="F3" s="131"/>
+      <c r="G3" s="132"/>
+      <c r="H3" s="132"/>
+      <c r="I3" s="132"/>
+      <c r="J3" s="132"/>
+      <c r="K3" s="132"/>
+      <c r="L3" s="132"/>
+      <c r="M3" s="133"/>
+      <c r="N3" s="67"/>
+      <c r="O3" s="67"/>
+      <c r="P3" s="67"/>
+      <c r="Q3" s="67"/>
+    </row>
+    <row r="4" spans="1:17" ht="15">
+      <c r="A4" s="67"/>
+      <c r="B4" s="67"/>
+      <c r="C4" s="67"/>
+      <c r="D4" s="67"/>
+      <c r="E4" s="67"/>
+      <c r="F4" s="134" t="str">
         <f>IF(AND(E17="Hoog risico (1)",N17&gt;=7),J26,
 IF(AND(E17="Hoog risico (1)",N17&lt;4),J27,
 IF(OR(AND(E17="Hoog risico (1)",N17=4),AND(E17="Hoog risico (1)",N17=5),AND(E17="Hoog risico (1)",N17=6)),J26,
 IF(AND(E17="Midden risico (2)",N17&gt;=7),J25,
 IF(AND(E17="Midden risico (2)",N17&lt;4),J26,
 IF(OR(AND(E17="Midden risico (2)",N17=4),AND(E17="Midden risico (2)",N17=5),AND(E17="Midden risico (2)",N17=6)),J26,
 IF(AND(E17="Laag risico (3)",N17&gt;=7),J24,
 IF(AND(E17="Laag risico (3)",N17&lt;4),J26,
 IF(OR(AND(E17="Laag risico (3)",N17=4),AND(E17="Laag risico (3)",N17=5),AND(E17="Laag risico (3)",N17=6)),J25)))))))))</f>
         <v>Actie korte termijn</v>
       </c>
-      <c r="G4" s="140"/>
-[...17 lines deleted...]
-      <c r="F5" s="187" t="str">
+      <c r="G4" s="132"/>
+      <c r="H4" s="132"/>
+      <c r="I4" s="135"/>
+      <c r="J4" s="135"/>
+      <c r="K4" s="135"/>
+      <c r="L4" s="135"/>
+      <c r="M4" s="136"/>
+      <c r="N4" s="67"/>
+      <c r="O4" s="67"/>
+      <c r="P4" s="67"/>
+      <c r="Q4" s="67"/>
+    </row>
+    <row r="5" spans="1:17">
+      <c r="A5" s="67"/>
+      <c r="B5" s="67"/>
+      <c r="C5" s="67"/>
+      <c r="D5" s="67"/>
+      <c r="E5" s="67"/>
+      <c r="F5" s="205" t="str">
         <f>IF(F4="Geen actie",K24,
 IF(F4="Actie lange termijn",K25,
 IF(F4="Actie korte termijn",K26,
 IF(F4="Actie zeer korte termijn",K27))))</f>
         <v>Start een project om verbeterpunten te implementeren binnen 6 maanden. Voer na 6 maanden opnieuw een ICR en CSA uit.</v>
       </c>
-      <c r="G5" s="188"/>
-[...239 lines deleted...]
-        <f>'Bepaal belang (ICR)'!G36</f>
+      <c r="G5" s="206"/>
+      <c r="H5" s="206"/>
+      <c r="I5" s="206"/>
+      <c r="J5" s="206"/>
+      <c r="K5" s="206"/>
+      <c r="L5" s="206"/>
+      <c r="M5" s="207"/>
+      <c r="N5" s="67"/>
+      <c r="O5" s="108"/>
+      <c r="P5" s="67"/>
+      <c r="Q5" s="67"/>
+    </row>
+    <row r="6" spans="1:17" ht="36" customHeight="1" thickBot="1">
+      <c r="A6" s="67"/>
+      <c r="B6" s="106" t="s">
+        <v>12</v>
+      </c>
+      <c r="C6" s="42"/>
+      <c r="D6" s="42"/>
+      <c r="E6" s="42"/>
+      <c r="F6" s="208"/>
+      <c r="G6" s="209"/>
+      <c r="H6" s="209"/>
+      <c r="I6" s="209"/>
+      <c r="J6" s="209"/>
+      <c r="K6" s="209"/>
+      <c r="L6" s="209"/>
+      <c r="M6" s="210"/>
+      <c r="N6" s="67"/>
+      <c r="O6" s="108"/>
+      <c r="P6" s="67"/>
+      <c r="Q6" s="67"/>
+    </row>
+    <row r="7" spans="1:17" ht="15">
+      <c r="A7" s="67"/>
+      <c r="B7" s="40"/>
+      <c r="C7" s="42"/>
+      <c r="D7" s="66"/>
+      <c r="E7" s="42"/>
+      <c r="F7" s="42"/>
+      <c r="G7" s="110"/>
+      <c r="H7" s="110"/>
+      <c r="I7" s="110"/>
+      <c r="J7" s="110"/>
+      <c r="K7" s="110"/>
+      <c r="L7" s="110"/>
+      <c r="M7" s="110"/>
+      <c r="N7" s="67"/>
+      <c r="O7" s="67"/>
+      <c r="P7" s="67"/>
+      <c r="Q7" s="67"/>
+    </row>
+    <row r="8" spans="1:17" ht="15">
+      <c r="A8" s="67"/>
+      <c r="B8" s="214" t="s">
+        <v>112</v>
+      </c>
+      <c r="C8" s="214"/>
+      <c r="D8" s="214"/>
+      <c r="E8" s="214"/>
+      <c r="F8" s="214"/>
+      <c r="G8" s="214"/>
+      <c r="H8" s="42"/>
+      <c r="I8" s="214" t="s">
+        <v>113</v>
+      </c>
+      <c r="J8" s="214"/>
+      <c r="K8" s="214"/>
+      <c r="L8" s="214"/>
+      <c r="M8" s="214"/>
+      <c r="N8" s="214"/>
+      <c r="O8" s="214"/>
+      <c r="P8" s="214"/>
+      <c r="Q8" s="214"/>
+    </row>
+    <row r="9" spans="1:17" ht="16.5" customHeight="1">
+      <c r="A9" s="67"/>
+      <c r="B9" s="215" t="s">
+        <v>110</v>
+      </c>
+      <c r="C9" s="216"/>
+      <c r="D9" s="216"/>
+      <c r="E9" s="216"/>
+      <c r="F9" s="216"/>
+      <c r="G9" s="217"/>
+      <c r="H9" s="42"/>
+      <c r="I9" s="215" t="s">
+        <v>147</v>
+      </c>
+      <c r="J9" s="216"/>
+      <c r="K9" s="216"/>
+      <c r="L9" s="216"/>
+      <c r="M9" s="216"/>
+      <c r="N9" s="216"/>
+      <c r="O9" s="216"/>
+      <c r="P9" s="217"/>
+      <c r="Q9" s="67"/>
+    </row>
+    <row r="10" spans="1:17" ht="15">
+      <c r="A10" s="67"/>
+      <c r="B10" s="218"/>
+      <c r="C10" s="219"/>
+      <c r="D10" s="219"/>
+      <c r="E10" s="219"/>
+      <c r="F10" s="219"/>
+      <c r="G10" s="220"/>
+      <c r="H10" s="42"/>
+      <c r="I10" s="218"/>
+      <c r="J10" s="219"/>
+      <c r="K10" s="219"/>
+      <c r="L10" s="219"/>
+      <c r="M10" s="219"/>
+      <c r="N10" s="219"/>
+      <c r="O10" s="219"/>
+      <c r="P10" s="220"/>
+      <c r="Q10" s="67"/>
+    </row>
+    <row r="11" spans="1:17" ht="15">
+      <c r="A11" s="67"/>
+      <c r="B11" s="218"/>
+      <c r="C11" s="219"/>
+      <c r="D11" s="219"/>
+      <c r="E11" s="219"/>
+      <c r="F11" s="219"/>
+      <c r="G11" s="220"/>
+      <c r="H11" s="42"/>
+      <c r="I11" s="218"/>
+      <c r="J11" s="219"/>
+      <c r="K11" s="219"/>
+      <c r="L11" s="219"/>
+      <c r="M11" s="219"/>
+      <c r="N11" s="219"/>
+      <c r="O11" s="219"/>
+      <c r="P11" s="220"/>
+      <c r="Q11" s="67"/>
+    </row>
+    <row r="12" spans="1:17" ht="15">
+      <c r="A12" s="67"/>
+      <c r="B12" s="218"/>
+      <c r="C12" s="219"/>
+      <c r="D12" s="219"/>
+      <c r="E12" s="219"/>
+      <c r="F12" s="219"/>
+      <c r="G12" s="220"/>
+      <c r="H12" s="42"/>
+      <c r="I12" s="218"/>
+      <c r="J12" s="219"/>
+      <c r="K12" s="219"/>
+      <c r="L12" s="219"/>
+      <c r="M12" s="219"/>
+      <c r="N12" s="219"/>
+      <c r="O12" s="219"/>
+      <c r="P12" s="220"/>
+      <c r="Q12" s="67"/>
+    </row>
+    <row r="13" spans="1:17" ht="40" customHeight="1">
+      <c r="A13" s="67"/>
+      <c r="B13" s="221"/>
+      <c r="C13" s="222"/>
+      <c r="D13" s="222"/>
+      <c r="E13" s="222"/>
+      <c r="F13" s="222"/>
+      <c r="G13" s="223"/>
+      <c r="H13" s="42"/>
+      <c r="I13" s="221"/>
+      <c r="J13" s="222"/>
+      <c r="K13" s="222"/>
+      <c r="L13" s="222"/>
+      <c r="M13" s="222"/>
+      <c r="N13" s="222"/>
+      <c r="O13" s="222"/>
+      <c r="P13" s="223"/>
+      <c r="Q13" s="67"/>
+    </row>
+    <row r="14" spans="1:17" ht="15.5" thickBot="1">
+      <c r="A14" s="46"/>
+      <c r="B14" s="224"/>
+      <c r="C14" s="224"/>
+      <c r="D14" s="224"/>
+      <c r="E14" s="224"/>
+      <c r="F14" s="224"/>
+      <c r="G14" s="224"/>
+      <c r="H14" s="42"/>
+      <c r="I14" s="42"/>
+      <c r="J14" s="41"/>
+      <c r="K14" s="67"/>
+      <c r="L14" s="67"/>
+      <c r="M14" s="67"/>
+      <c r="N14" s="67"/>
+      <c r="O14" s="67"/>
+      <c r="P14" s="67"/>
+      <c r="Q14" s="67"/>
+    </row>
+    <row r="15" spans="1:17" ht="24" customHeight="1">
+      <c r="A15" s="67"/>
+      <c r="B15" s="211" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" s="212"/>
+      <c r="D15" s="212"/>
+      <c r="E15" s="212"/>
+      <c r="F15" s="212"/>
+      <c r="G15" s="213"/>
+      <c r="H15" s="67"/>
+      <c r="I15" s="211" t="s">
+        <v>117</v>
+      </c>
+      <c r="J15" s="212"/>
+      <c r="K15" s="212"/>
+      <c r="L15" s="212"/>
+      <c r="M15" s="212"/>
+      <c r="N15" s="212"/>
+      <c r="O15" s="212"/>
+      <c r="P15" s="213"/>
+      <c r="Q15" s="67"/>
+    </row>
+    <row r="16" spans="1:17" ht="27" customHeight="1">
+      <c r="A16" s="67"/>
+      <c r="B16" s="93"/>
+      <c r="C16" s="92"/>
+      <c r="D16" s="92"/>
+      <c r="E16" s="92"/>
+      <c r="F16" s="92"/>
+      <c r="G16" s="94"/>
+      <c r="H16" s="67"/>
+      <c r="I16" s="93"/>
+      <c r="J16" s="92"/>
+      <c r="K16" s="92"/>
+      <c r="L16" s="92"/>
+      <c r="M16" s="92"/>
+      <c r="N16" s="92"/>
+      <c r="O16" s="92"/>
+      <c r="P16" s="94"/>
+      <c r="Q16" s="67"/>
+    </row>
+    <row r="17" spans="1:17" ht="31.5" customHeight="1">
+      <c r="A17" s="67"/>
+      <c r="B17" s="93"/>
+      <c r="C17" s="92"/>
+      <c r="D17" s="34" t="str">
+        <f>'Bepaal belang (ICR)'!G44</f>
         <v>Risicoscore</v>
       </c>
-      <c r="E17" s="119" t="str">
-[...9 lines deleted...]
-        <f>'Bepaal beheersing (CSA)'!B97</f>
+      <c r="E17" s="111" t="str">
+        <f>'Bepaal belang (ICR)'!H44</f>
+        <v>Hoog risico (1)</v>
+      </c>
+      <c r="F17" s="92"/>
+      <c r="G17" s="94"/>
+      <c r="H17" s="67"/>
+      <c r="I17" s="93"/>
+      <c r="J17" s="92"/>
+      <c r="K17" s="225" t="str">
+        <f>'Bepaal beheersing (CSA)'!B81</f>
         <v>Overall cyber risico score (1-10)</v>
       </c>
-      <c r="L17" s="208"/>
-[...162 lines deleted...]
-      <c r="D25" s="109" t="str">
+      <c r="L17" s="226"/>
+      <c r="M17" s="227"/>
+      <c r="N17" s="105">
+        <f>'Bepaal beheersing (CSA)'!D81</f>
+        <v>4</v>
+      </c>
+      <c r="O17" s="92"/>
+      <c r="P17" s="94"/>
+      <c r="Q17" s="67"/>
+    </row>
+    <row r="18" spans="1:17" ht="20.25" customHeight="1">
+      <c r="A18" s="67"/>
+      <c r="B18" s="93"/>
+      <c r="C18" s="92"/>
+      <c r="D18" s="92"/>
+      <c r="E18" s="92"/>
+      <c r="F18" s="92"/>
+      <c r="G18" s="94"/>
+      <c r="H18" s="67"/>
+      <c r="I18" s="93"/>
+      <c r="J18" s="92"/>
+      <c r="K18" s="92"/>
+      <c r="L18" s="92"/>
+      <c r="M18" s="92"/>
+      <c r="N18" s="92"/>
+      <c r="O18" s="92"/>
+      <c r="P18" s="94"/>
+      <c r="Q18" s="67"/>
+    </row>
+    <row r="19" spans="1:17" ht="13" thickBot="1">
+      <c r="A19" s="67"/>
+      <c r="B19" s="86"/>
+      <c r="C19" s="87"/>
+      <c r="D19" s="87"/>
+      <c r="E19" s="87"/>
+      <c r="F19" s="87"/>
+      <c r="G19" s="88"/>
+      <c r="H19" s="67"/>
+      <c r="I19" s="86"/>
+      <c r="J19" s="87"/>
+      <c r="K19" s="87"/>
+      <c r="L19" s="87"/>
+      <c r="M19" s="87"/>
+      <c r="N19" s="87"/>
+      <c r="O19" s="87"/>
+      <c r="P19" s="88"/>
+      <c r="Q19" s="67"/>
+    </row>
+    <row r="20" spans="1:17">
+      <c r="A20" s="67"/>
+      <c r="B20" s="67"/>
+      <c r="C20" s="67"/>
+      <c r="D20" s="67"/>
+      <c r="E20" s="67"/>
+      <c r="F20" s="67"/>
+      <c r="G20" s="67"/>
+      <c r="H20" s="67"/>
+      <c r="I20" s="67"/>
+      <c r="J20" s="67"/>
+      <c r="K20" s="67"/>
+      <c r="L20" s="67"/>
+      <c r="M20" s="67"/>
+      <c r="N20" s="67"/>
+      <c r="O20" s="67"/>
+      <c r="P20" s="67"/>
+      <c r="Q20" s="67"/>
+    </row>
+    <row r="21" spans="1:17" ht="13" thickBot="1">
+      <c r="A21" s="67"/>
+      <c r="B21" s="67"/>
+      <c r="C21" s="67"/>
+      <c r="D21" s="67"/>
+      <c r="E21" s="67"/>
+      <c r="F21" s="67"/>
+      <c r="G21" s="67"/>
+      <c r="H21" s="67"/>
+      <c r="I21" s="67"/>
+      <c r="J21" s="67"/>
+      <c r="K21" s="67"/>
+      <c r="L21" s="67"/>
+      <c r="M21" s="67"/>
+      <c r="N21" s="67"/>
+      <c r="O21" s="67"/>
+      <c r="P21" s="67"/>
+      <c r="Q21" s="67"/>
+    </row>
+    <row r="22" spans="1:17" ht="20.149999999999999" customHeight="1">
+      <c r="A22" s="67"/>
+      <c r="B22" s="211" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" s="212"/>
+      <c r="D22" s="212"/>
+      <c r="E22" s="212"/>
+      <c r="F22" s="212"/>
+      <c r="G22" s="213"/>
+      <c r="H22" s="67"/>
+      <c r="I22" s="211" t="s">
+        <v>114</v>
+      </c>
+      <c r="J22" s="212"/>
+      <c r="K22" s="212"/>
+      <c r="L22" s="212"/>
+      <c r="M22" s="212"/>
+      <c r="N22" s="212"/>
+      <c r="O22" s="212"/>
+      <c r="P22" s="213"/>
+      <c r="Q22" s="67"/>
+    </row>
+    <row r="23" spans="1:17" ht="20.149999999999999" customHeight="1">
+      <c r="A23" s="67"/>
+      <c r="B23" s="107"/>
+      <c r="C23" s="92"/>
+      <c r="D23" s="92"/>
+      <c r="E23" s="92"/>
+      <c r="F23" s="92"/>
+      <c r="G23" s="94"/>
+      <c r="H23" s="67"/>
+      <c r="I23" s="107"/>
+      <c r="J23" s="92"/>
+      <c r="K23" s="92"/>
+      <c r="L23" s="92"/>
+      <c r="M23" s="92"/>
+      <c r="N23" s="92"/>
+      <c r="O23" s="92"/>
+      <c r="P23" s="94"/>
+      <c r="Q23" s="67"/>
+    </row>
+    <row r="24" spans="1:17" ht="30" customHeight="1">
+      <c r="A24" s="67"/>
+      <c r="B24" s="93"/>
+      <c r="C24" s="97"/>
+      <c r="D24" s="98" t="s">
+        <v>148</v>
+      </c>
+      <c r="E24" s="99" t="s">
+        <v>149</v>
+      </c>
+      <c r="F24" s="100" t="s">
+        <v>150</v>
+      </c>
+      <c r="G24" s="94"/>
+      <c r="H24" s="67"/>
+      <c r="I24" s="93"/>
+      <c r="J24" s="167" t="s">
+        <v>135</v>
+      </c>
+      <c r="K24" s="230" t="s">
+        <v>121</v>
+      </c>
+      <c r="L24" s="230"/>
+      <c r="M24" s="230"/>
+      <c r="N24" s="230"/>
+      <c r="O24" s="230"/>
+      <c r="P24" s="94"/>
+      <c r="Q24" s="67"/>
+    </row>
+    <row r="25" spans="1:17" ht="30" customHeight="1">
+      <c r="A25" s="67"/>
+      <c r="B25" s="93"/>
+      <c r="C25" s="101" t="s">
+        <v>119</v>
+      </c>
+      <c r="D25" s="102" t="str">
         <f>J24</f>
         <v>Geen actie</v>
       </c>
-      <c r="E25" s="109" t="str">
+      <c r="E25" s="102" t="str">
         <f>J25</f>
         <v>Actie lange termijn</v>
       </c>
-      <c r="F25" s="109" t="str">
+      <c r="F25" s="102" t="str">
         <f>J26</f>
         <v>Actie korte termijn</v>
       </c>
-      <c r="G25" s="101"/>
-[...21 lines deleted...]
-      <c r="D26" s="109" t="str">
+      <c r="G25" s="94"/>
+      <c r="H25" s="67"/>
+      <c r="I25" s="93"/>
+      <c r="J25" s="167" t="s">
+        <v>136</v>
+      </c>
+      <c r="K25" s="230" t="s">
+        <v>99</v>
+      </c>
+      <c r="L25" s="230"/>
+      <c r="M25" s="230"/>
+      <c r="N25" s="230"/>
+      <c r="O25" s="230"/>
+      <c r="P25" s="94"/>
+      <c r="Q25" s="67"/>
+    </row>
+    <row r="26" spans="1:17" ht="30" customHeight="1">
+      <c r="A26" s="67"/>
+      <c r="B26" s="93"/>
+      <c r="C26" s="103" t="s">
+        <v>118</v>
+      </c>
+      <c r="D26" s="102" t="str">
         <f>J25</f>
         <v>Actie lange termijn</v>
       </c>
-      <c r="E26" s="109" t="str">
+      <c r="E26" s="102" t="str">
         <f>J26</f>
         <v>Actie korte termijn</v>
       </c>
-      <c r="F26" s="109" t="str">
+      <c r="F26" s="102" t="str">
         <f>J26</f>
         <v>Actie korte termijn</v>
       </c>
-      <c r="G26" s="101"/>
-[...21 lines deleted...]
-      <c r="D27" s="109" t="str">
+      <c r="G26" s="94"/>
+      <c r="H26" s="67"/>
+      <c r="I26" s="93"/>
+      <c r="J26" s="167" t="s">
+        <v>137</v>
+      </c>
+      <c r="K26" s="230" t="s">
+        <v>100</v>
+      </c>
+      <c r="L26" s="230"/>
+      <c r="M26" s="230"/>
+      <c r="N26" s="230"/>
+      <c r="O26" s="230"/>
+      <c r="P26" s="94"/>
+      <c r="Q26" s="67"/>
+    </row>
+    <row r="27" spans="1:17" ht="30" customHeight="1">
+      <c r="A27" s="67"/>
+      <c r="B27" s="93"/>
+      <c r="C27" s="104" t="s">
+        <v>120</v>
+      </c>
+      <c r="D27" s="102" t="str">
         <f>J26</f>
         <v>Actie korte termijn</v>
       </c>
-      <c r="E27" s="109" t="str">
+      <c r="E27" s="102" t="str">
         <f>J26</f>
         <v>Actie korte termijn</v>
       </c>
-      <c r="F27" s="109" t="str">
+      <c r="F27" s="102" t="str">
         <f>J27</f>
         <v>Aktie zeer korte termijn</v>
       </c>
-      <c r="G27" s="101"/>
-[...54 lines deleted...]
-    <row r="31" spans="1:17" ht="40" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="G27" s="94"/>
+      <c r="H27" s="67"/>
+      <c r="I27" s="93"/>
+      <c r="J27" s="167" t="s">
+        <v>101</v>
+      </c>
+      <c r="K27" s="230" t="s">
+        <v>102</v>
+      </c>
+      <c r="L27" s="230"/>
+      <c r="M27" s="230"/>
+      <c r="N27" s="230"/>
+      <c r="O27" s="230"/>
+      <c r="P27" s="94"/>
+      <c r="Q27" s="67"/>
+    </row>
+    <row r="28" spans="1:17" ht="15.75" customHeight="1" thickBot="1">
+      <c r="A28" s="67"/>
+      <c r="B28" s="86"/>
+      <c r="C28" s="87"/>
+      <c r="D28" s="87"/>
+      <c r="E28" s="87"/>
+      <c r="F28" s="87"/>
+      <c r="G28" s="88"/>
+      <c r="H28" s="67"/>
+      <c r="I28" s="86"/>
+      <c r="J28" s="228"/>
+      <c r="K28" s="228"/>
+      <c r="L28" s="228"/>
+      <c r="M28" s="228"/>
+      <c r="N28" s="228"/>
+      <c r="O28" s="228"/>
+      <c r="P28" s="229"/>
+      <c r="Q28" s="67"/>
+    </row>
+    <row r="29" spans="1:17" ht="40" customHeight="1">
+      <c r="A29" s="67"/>
+      <c r="B29" s="67"/>
+      <c r="C29" s="67"/>
+      <c r="D29" s="67"/>
+      <c r="E29" s="67"/>
+      <c r="F29" s="67"/>
+      <c r="G29" s="67"/>
+      <c r="H29" s="67"/>
+      <c r="I29" s="67"/>
+      <c r="J29" s="67"/>
+      <c r="K29" s="67"/>
+      <c r="L29" s="67"/>
+      <c r="M29" s="67"/>
+      <c r="N29" s="67"/>
+      <c r="O29" s="67"/>
+      <c r="P29" s="67"/>
+      <c r="Q29" s="67"/>
+    </row>
+    <row r="30" spans="1:17" ht="40" hidden="1" customHeight="1"/>
+    <row r="31" spans="1:17" ht="40" hidden="1" customHeight="1"/>
   </sheetData>
   <mergeCells count="16">
     <mergeCell ref="J28:P28"/>
     <mergeCell ref="K24:O24"/>
     <mergeCell ref="K25:O25"/>
     <mergeCell ref="K26:O26"/>
     <mergeCell ref="K27:O27"/>
     <mergeCell ref="F5:M6"/>
     <mergeCell ref="B22:G22"/>
     <mergeCell ref="B8:G8"/>
     <mergeCell ref="B9:G13"/>
     <mergeCell ref="B14:G14"/>
     <mergeCell ref="K17:M17"/>
     <mergeCell ref="I22:P22"/>
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="I8:Q8"/>
     <mergeCell ref="I9:P13"/>
     <mergeCell ref="I15:P15"/>
   </mergeCells>
   <conditionalFormatting sqref="C25">
     <cfRule type="containsText" dxfId="38" priority="5" operator="containsText" text="CSA Laag">
       <formula>NOT(ISERROR(SEARCH("CSA Laag",C25)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C26">
@@ -4913,5964 +5031,5805 @@
   </conditionalFormatting>
   <conditionalFormatting sqref="E24">
     <cfRule type="containsText" dxfId="31" priority="7" stopIfTrue="1" operator="containsText" text="ICR Midden (2)">
       <formula>NOT(ISERROR(SEARCH("ICR Midden (2)",E24)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F24">
     <cfRule type="containsText" dxfId="30" priority="6" operator="containsText" text="ICR Hoog (1)">
       <formula>NOT(ISERROR(SEARCH("ICR Hoog (1)",F24)))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="N17">
     <cfRule type="cellIs" dxfId="29" priority="9" operator="greaterThanOrEqual">
       <formula>7</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="28" priority="10" operator="between">
       <formula>4</formula>
       <formula>6</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="27" priority="11" operator="lessThanOrEqual">
       <formula>3</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Intern gebruik</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr codeName="Blad1"/>
-  <dimension ref="A1:XFC46"/>
+  <dimension ref="A1:XFC62"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="F42" sqref="F42"/>
+    <sheetView topLeftCell="A38" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="12.5" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.7265625" style="22" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="16384" max="16384" width="4.81640625" style="22" hidden="1"/>
+    <col min="1" max="1" width="4.81640625" style="21" customWidth="1"/>
+    <col min="2" max="2" width="5.1796875" style="21" customWidth="1"/>
+    <col min="3" max="3" width="21.1796875" style="21" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="56.1796875" style="21" customWidth="1"/>
+    <col min="5" max="7" width="31" style="21" customWidth="1"/>
+    <col min="8" max="8" width="25.81640625" style="21" customWidth="1"/>
+    <col min="9" max="9" width="4.81640625" style="21" customWidth="1"/>
+    <col min="10" max="16383" width="0" style="21" hidden="1" customWidth="1"/>
+    <col min="16384" max="16384" width="9.1796875" style="21" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:26" s="16" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...93 lines deleted...]
-      <c r="I8" s="29"/>
+    <row r="1" spans="1:26" s="16" customFormat="1" ht="18" customHeight="1">
+      <c r="A1" s="25"/>
+      <c r="B1" s="25"/>
+      <c r="C1" s="25"/>
+      <c r="D1" s="25"/>
+      <c r="E1" s="237" t="s">
+        <v>94</v>
+      </c>
+      <c r="F1" s="237"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="25"/>
+      <c r="I1" s="25"/>
+    </row>
+    <row r="2" spans="1:26" s="16" customFormat="1" ht="18" customHeight="1">
+      <c r="A2" s="25"/>
+      <c r="B2" s="25"/>
+      <c r="C2" s="25"/>
+      <c r="D2" s="25"/>
+      <c r="E2" s="237"/>
+      <c r="F2" s="237"/>
+      <c r="G2" s="25"/>
+      <c r="H2" s="25"/>
+      <c r="I2" s="25"/>
+    </row>
+    <row r="3" spans="1:26" s="16" customFormat="1" ht="18" customHeight="1">
+      <c r="A3" s="25"/>
+      <c r="B3" s="25"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="25"/>
+      <c r="E3" s="237"/>
+      <c r="F3" s="237"/>
+      <c r="G3" s="25"/>
+      <c r="H3" s="25"/>
+      <c r="I3" s="25"/>
+    </row>
+    <row r="4" spans="1:26" s="16" customFormat="1" ht="18" customHeight="1">
+      <c r="A4" s="25"/>
+      <c r="B4" s="25"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="25"/>
+      <c r="E4" s="238"/>
+      <c r="F4" s="238"/>
+      <c r="G4" s="25"/>
+      <c r="H4" s="25"/>
+      <c r="I4" s="25"/>
+    </row>
+    <row r="5" spans="1:26" s="16" customFormat="1" ht="14">
+      <c r="A5" s="25"/>
+      <c r="B5" s="139" t="s">
+        <v>91</v>
+      </c>
+      <c r="C5" s="140"/>
+      <c r="D5" s="140"/>
+      <c r="E5" s="140"/>
+      <c r="F5" s="141"/>
+      <c r="G5" s="25"/>
+      <c r="H5" s="25"/>
+      <c r="I5" s="25"/>
+    </row>
+    <row r="6" spans="1:26" s="16" customFormat="1" ht="14">
+      <c r="A6" s="25"/>
+      <c r="B6" s="239" t="s">
+        <v>133</v>
+      </c>
+      <c r="C6" s="240"/>
+      <c r="D6" s="240"/>
+      <c r="E6" s="240"/>
+      <c r="F6" s="241"/>
+      <c r="G6" s="25"/>
+      <c r="H6" s="25"/>
+      <c r="I6" s="25"/>
+    </row>
+    <row r="7" spans="1:26" s="16" customFormat="1" ht="14">
+      <c r="A7" s="25"/>
+      <c r="B7" s="242" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" s="243"/>
+      <c r="D7" s="243"/>
+      <c r="E7" s="243"/>
+      <c r="F7" s="244"/>
+      <c r="G7" s="25"/>
+      <c r="H7" s="25"/>
+      <c r="I7" s="25"/>
+    </row>
+    <row r="8" spans="1:26" s="16" customFormat="1" ht="14">
+      <c r="A8" s="25"/>
+      <c r="B8" s="26"/>
+      <c r="C8" s="26"/>
+      <c r="D8" s="26"/>
+      <c r="E8" s="245"/>
+      <c r="F8" s="245"/>
+      <c r="G8" s="245"/>
+      <c r="H8" s="26"/>
+      <c r="I8" s="25"/>
       <c r="J8" s="19"/>
       <c r="K8" s="19"/>
       <c r="L8" s="19"/>
       <c r="M8" s="19"/>
       <c r="N8" s="19"/>
       <c r="O8" s="19"/>
       <c r="P8" s="19"/>
       <c r="Q8" s="19"/>
     </row>
-    <row r="9" spans="1:26" s="17" customFormat="1" ht="14" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="E9" s="33" t="s">
+    <row r="9" spans="1:26" s="17" customFormat="1" ht="20.149999999999999" customHeight="1">
+      <c r="A9" s="27"/>
+      <c r="B9" s="37" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" s="37" t="s">
+        <v>86</v>
+      </c>
+      <c r="D9" s="37" t="s">
+        <v>87</v>
+      </c>
+      <c r="E9" s="29" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="30" t="s">
+        <v>47</v>
+      </c>
+      <c r="G9" s="31" t="s">
         <v>48</v>
       </c>
-      <c r="F9" s="34" t="s">
-[...8 lines deleted...]
-      <c r="I9" s="31"/>
+      <c r="H9" s="32" t="s">
+        <v>92</v>
+      </c>
+      <c r="I9" s="27"/>
       <c r="J9" s="18"/>
       <c r="K9" s="18"/>
       <c r="L9" s="18"/>
       <c r="M9" s="18"/>
       <c r="N9" s="18"/>
       <c r="O9" s="18"/>
       <c r="P9" s="18"/>
       <c r="Q9" s="18"/>
     </row>
-    <row r="10" spans="1:26" ht="50" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B10" s="42">
+    <row r="10" spans="1:26" ht="40" customHeight="1">
+      <c r="A10" s="25"/>
+      <c r="B10" s="38">
         <v>1</v>
       </c>
-      <c r="C10" s="224" t="s">
-[...18 lines deleted...]
-      <c r="J10" s="21">
+      <c r="C10" s="234" t="s">
+        <v>174</v>
+      </c>
+      <c r="D10" s="185" t="s">
+        <v>179</v>
+      </c>
+      <c r="E10" s="185" t="s">
+        <v>25</v>
+      </c>
+      <c r="F10" s="185" t="s">
+        <v>58</v>
+      </c>
+      <c r="G10" s="185" t="s">
+        <v>26</v>
+      </c>
+      <c r="H10" s="24">
         <v>1</v>
       </c>
-      <c r="K10" s="21">
+      <c r="I10" s="25"/>
+      <c r="J10" s="20">
+        <v>1</v>
+      </c>
+      <c r="K10" s="20">
         <v>1</v>
       </c>
       <c r="L10" s="19"/>
       <c r="M10" s="19"/>
       <c r="N10" s="19"/>
       <c r="O10" s="19"/>
       <c r="P10" s="19"/>
       <c r="Q10" s="19"/>
       <c r="R10" s="16"/>
       <c r="S10" s="16"/>
       <c r="T10" s="16"/>
       <c r="U10" s="16"/>
       <c r="V10" s="16"/>
       <c r="W10" s="16"/>
       <c r="X10" s="16"/>
       <c r="Y10" s="16"/>
       <c r="Z10" s="16"/>
     </row>
-    <row r="11" spans="1:26" ht="50" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B11" s="42">
+    <row r="11" spans="1:26" ht="40" customHeight="1">
+      <c r="A11" s="25"/>
+      <c r="B11" s="38">
         <v>2</v>
       </c>
-      <c r="C11" s="225"/>
-[...21 lines deleted...]
-      </c>
+      <c r="C11" s="235"/>
+      <c r="D11" s="185" t="s">
+        <v>301</v>
+      </c>
+      <c r="E11" s="185" t="s">
+        <v>25</v>
+      </c>
+      <c r="F11" s="185" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" s="185" t="s">
+        <v>26</v>
+      </c>
+      <c r="H11" s="24">
+        <v>1</v>
+      </c>
+      <c r="I11" s="25"/>
+      <c r="J11" s="20"/>
+      <c r="K11" s="20"/>
       <c r="L11" s="19"/>
       <c r="M11" s="19"/>
       <c r="N11" s="19"/>
       <c r="O11" s="19"/>
       <c r="P11" s="19"/>
       <c r="Q11" s="19"/>
       <c r="R11" s="16"/>
       <c r="S11" s="16"/>
       <c r="T11" s="16"/>
       <c r="U11" s="16"/>
       <c r="V11" s="16"/>
       <c r="W11" s="16"/>
       <c r="X11" s="16"/>
       <c r="Y11" s="16"/>
       <c r="Z11" s="16"/>
     </row>
-    <row r="12" spans="1:26" ht="25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B12" s="42">
+    <row r="12" spans="1:26" ht="40" customHeight="1">
+      <c r="A12" s="25"/>
+      <c r="B12" s="38">
         <v>3</v>
       </c>
-      <c r="C12" s="226" t="s">
-[...11 lines deleted...]
-      <c r="G12" s="20" t="s">
+      <c r="C12" s="235"/>
+      <c r="D12" s="185" t="s">
+        <v>180</v>
+      </c>
+      <c r="E12" s="185" t="s">
+        <v>25</v>
+      </c>
+      <c r="F12" s="185" t="s">
         <v>58</v>
       </c>
-      <c r="H12" s="28">
-[...6 lines deleted...]
-      <c r="K12" s="21"/>
+      <c r="G12" s="185" t="s">
+        <v>26</v>
+      </c>
+      <c r="H12" s="24">
+        <v>1</v>
+      </c>
+      <c r="I12" s="25"/>
+      <c r="J12" s="20"/>
+      <c r="K12" s="20"/>
       <c r="L12" s="19"/>
       <c r="M12" s="19"/>
       <c r="N12" s="19"/>
       <c r="O12" s="19"/>
       <c r="P12" s="19"/>
       <c r="Q12" s="19"/>
       <c r="R12" s="16"/>
       <c r="S12" s="16"/>
       <c r="T12" s="16"/>
       <c r="U12" s="16"/>
       <c r="V12" s="16"/>
       <c r="W12" s="16"/>
       <c r="X12" s="16"/>
       <c r="Y12" s="16"/>
       <c r="Z12" s="16"/>
     </row>
-    <row r="13" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B13" s="42">
+    <row r="13" spans="1:26" ht="40" customHeight="1">
+      <c r="A13" s="25"/>
+      <c r="B13" s="38">
         <v>4</v>
       </c>
-      <c r="C13" s="227"/>
-[...9 lines deleted...]
-      <c r="G13" s="20" t="s">
+      <c r="C13" s="236"/>
+      <c r="D13" s="186" t="s">
+        <v>302</v>
+      </c>
+      <c r="E13" s="185" t="s">
+        <v>25</v>
+      </c>
+      <c r="F13" s="185" t="s">
         <v>58</v>
       </c>
-      <c r="H13" s="28">
+      <c r="G13" s="185" t="s">
+        <v>26</v>
+      </c>
+      <c r="H13" s="24">
         <v>1</v>
       </c>
-      <c r="I13" s="29"/>
-[...1 lines deleted...]
-      <c r="K13" s="19"/>
+      <c r="I13" s="25"/>
+      <c r="J13" s="20">
+        <v>2</v>
+      </c>
+      <c r="K13" s="20">
+        <v>3</v>
+      </c>
       <c r="L13" s="19"/>
       <c r="M13" s="19"/>
       <c r="N13" s="19"/>
       <c r="O13" s="19"/>
       <c r="P13" s="19"/>
       <c r="Q13" s="19"/>
       <c r="R13" s="16"/>
       <c r="S13" s="16"/>
       <c r="T13" s="16"/>
       <c r="U13" s="16"/>
       <c r="V13" s="16"/>
       <c r="W13" s="16"/>
       <c r="X13" s="16"/>
       <c r="Y13" s="16"/>
       <c r="Z13" s="16"/>
     </row>
-    <row r="14" spans="1:26" ht="25" x14ac:dyDescent="0.25">
-      <c r="A14" s="29" t="s">
+    <row r="14" spans="1:26" ht="40" customHeight="1">
+      <c r="A14" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="B14" s="42">
+      <c r="B14" s="38">
         <v>5</v>
       </c>
-      <c r="C14" s="227"/>
-[...17 lines deleted...]
-      <c r="K14" s="19"/>
+      <c r="C14" s="231" t="s">
+        <v>175</v>
+      </c>
+      <c r="D14" s="185" t="s">
+        <v>128</v>
+      </c>
+      <c r="E14" s="185" t="s">
+        <v>49</v>
+      </c>
+      <c r="F14" s="185" t="s">
+        <v>73</v>
+      </c>
+      <c r="G14" s="185" t="s">
+        <v>50</v>
+      </c>
+      <c r="H14" s="24">
+        <v>1</v>
+      </c>
+      <c r="I14" s="25"/>
+      <c r="J14" s="20">
+        <v>3</v>
+      </c>
+      <c r="K14" s="20"/>
       <c r="L14" s="19"/>
       <c r="M14" s="19"/>
       <c r="N14" s="19"/>
       <c r="O14" s="19"/>
       <c r="P14" s="19"/>
       <c r="Q14" s="19"/>
       <c r="R14" s="16"/>
       <c r="S14" s="16"/>
       <c r="T14" s="16"/>
       <c r="U14" s="16"/>
       <c r="V14" s="16"/>
       <c r="W14" s="16"/>
       <c r="X14" s="16"/>
       <c r="Y14" s="16"/>
       <c r="Z14" s="16"/>
     </row>
-    <row r="15" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B15" s="42">
+    <row r="15" spans="1:26" ht="40" customHeight="1">
+      <c r="A15" s="25"/>
+      <c r="B15" s="38">
         <v>6</v>
       </c>
-      <c r="C15" s="227"/>
-[...15 lines deleted...]
-      <c r="I15" s="29"/>
+      <c r="C15" s="232"/>
+      <c r="D15" s="185" t="s">
+        <v>181</v>
+      </c>
+      <c r="E15" s="185" t="s">
+        <v>185</v>
+      </c>
+      <c r="F15" s="185" t="s">
+        <v>51</v>
+      </c>
+      <c r="G15" s="185" t="s">
+        <v>50</v>
+      </c>
+      <c r="H15" s="24">
+        <v>1</v>
+      </c>
+      <c r="I15" s="25"/>
       <c r="J15" s="19"/>
       <c r="K15" s="19"/>
       <c r="L15" s="19"/>
       <c r="M15" s="19"/>
       <c r="N15" s="19"/>
       <c r="O15" s="19"/>
       <c r="P15" s="19"/>
       <c r="Q15" s="19"/>
       <c r="R15" s="16"/>
       <c r="S15" s="16"/>
       <c r="T15" s="16"/>
       <c r="U15" s="16"/>
       <c r="V15" s="16"/>
       <c r="W15" s="16"/>
       <c r="X15" s="16"/>
       <c r="Y15" s="16"/>
       <c r="Z15" s="16"/>
     </row>
-    <row r="16" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="A16" s="29" t="s">
+    <row r="16" spans="1:26" ht="40" customHeight="1">
+      <c r="A16" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="B16" s="42">
+      <c r="B16" s="38">
         <v>7</v>
       </c>
-      <c r="C16" s="227"/>
-[...12 lines deleted...]
-      <c r="H16" s="28">
+      <c r="C16" s="232"/>
+      <c r="D16" s="185" t="s">
+        <v>52</v>
+      </c>
+      <c r="E16" s="187" t="s">
+        <v>305</v>
+      </c>
+      <c r="F16" s="185" t="s">
+        <v>53</v>
+      </c>
+      <c r="G16" s="185" t="s">
+        <v>196</v>
+      </c>
+      <c r="H16" s="24">
         <v>1</v>
       </c>
-      <c r="I16" s="29"/>
+      <c r="I16" s="25"/>
       <c r="J16" s="19"/>
       <c r="K16" s="19"/>
       <c r="L16" s="19"/>
       <c r="M16" s="19"/>
       <c r="N16" s="19"/>
       <c r="O16" s="19"/>
       <c r="P16" s="19"/>
       <c r="Q16" s="19"/>
       <c r="R16" s="16"/>
       <c r="S16" s="16"/>
       <c r="T16" s="16"/>
       <c r="U16" s="16"/>
       <c r="V16" s="16"/>
       <c r="W16" s="16"/>
       <c r="X16" s="16"/>
       <c r="Y16" s="16"/>
       <c r="Z16" s="16"/>
     </row>
-    <row r="17" spans="1:26" ht="25" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B17" s="42">
+    <row r="17" spans="1:26" ht="40" customHeight="1">
+      <c r="A17" s="25"/>
+      <c r="B17" s="38">
         <v>8</v>
       </c>
-      <c r="C17" s="227"/>
-[...15 lines deleted...]
-      <c r="I17" s="29"/>
+      <c r="C17" s="232"/>
+      <c r="D17" s="185" t="s">
+        <v>192</v>
+      </c>
+      <c r="E17" s="185" t="s">
+        <v>193</v>
+      </c>
+      <c r="F17" s="185" t="s">
+        <v>194</v>
+      </c>
+      <c r="G17" s="185" t="s">
+        <v>195</v>
+      </c>
+      <c r="H17" s="24">
+        <v>1</v>
+      </c>
+      <c r="I17" s="25"/>
       <c r="J17" s="19"/>
       <c r="K17" s="19"/>
       <c r="L17" s="19"/>
       <c r="M17" s="19"/>
       <c r="N17" s="19"/>
       <c r="O17" s="19"/>
       <c r="P17" s="19"/>
       <c r="Q17" s="19"/>
       <c r="R17" s="16"/>
       <c r="S17" s="16"/>
       <c r="T17" s="16"/>
       <c r="U17" s="16"/>
       <c r="V17" s="16"/>
       <c r="W17" s="16"/>
       <c r="X17" s="16"/>
       <c r="Y17" s="16"/>
       <c r="Z17" s="16"/>
     </row>
-    <row r="18" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-      <c r="A18" s="29" t="s">
+    <row r="18" spans="1:26" ht="40" customHeight="1">
+      <c r="A18" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="B18" s="42">
+      <c r="B18" s="38">
         <v>9</v>
       </c>
-      <c r="C18" s="227"/>
-[...12 lines deleted...]
-      <c r="H18" s="28">
+      <c r="C18" s="232"/>
+      <c r="D18" s="185" t="s">
+        <v>197</v>
+      </c>
+      <c r="E18" s="187" t="s">
+        <v>306</v>
+      </c>
+      <c r="F18" s="187" t="s">
+        <v>307</v>
+      </c>
+      <c r="G18" s="185" t="s">
+        <v>198</v>
+      </c>
+      <c r="H18" s="24">
         <v>1</v>
       </c>
-      <c r="I18" s="29"/>
+      <c r="I18" s="25"/>
       <c r="J18" s="19"/>
       <c r="K18" s="19"/>
       <c r="L18" s="19"/>
       <c r="M18" s="19"/>
       <c r="N18" s="19"/>
       <c r="O18" s="19"/>
       <c r="P18" s="19"/>
       <c r="Q18" s="19"/>
       <c r="R18" s="16"/>
       <c r="S18" s="16"/>
       <c r="T18" s="16"/>
       <c r="U18" s="16"/>
       <c r="V18" s="16"/>
       <c r="W18" s="16"/>
       <c r="X18" s="16"/>
       <c r="Y18" s="16"/>
       <c r="Z18" s="16"/>
     </row>
-    <row r="19" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B19" s="42">
+    <row r="19" spans="1:26" ht="40" customHeight="1">
+      <c r="A19" s="25" t="s">
+        <v>5</v>
+      </c>
+      <c r="B19" s="38">
         <v>10</v>
       </c>
-      <c r="C19" s="228"/>
-[...15 lines deleted...]
-      <c r="I19" s="29"/>
+      <c r="C19" s="232"/>
+      <c r="D19" s="185" t="s">
+        <v>199</v>
+      </c>
+      <c r="E19" s="185" t="s">
+        <v>200</v>
+      </c>
+      <c r="F19" s="185" t="s">
+        <v>201</v>
+      </c>
+      <c r="G19" s="185" t="s">
+        <v>203</v>
+      </c>
+      <c r="H19" s="24">
+        <v>1</v>
+      </c>
+      <c r="I19" s="25"/>
       <c r="J19" s="19"/>
       <c r="K19" s="19"/>
       <c r="L19" s="19"/>
       <c r="M19" s="19"/>
       <c r="N19" s="19"/>
       <c r="O19" s="19"/>
       <c r="P19" s="19"/>
       <c r="Q19" s="19"/>
       <c r="R19" s="16"/>
       <c r="S19" s="16"/>
       <c r="T19" s="16"/>
       <c r="U19" s="16"/>
       <c r="V19" s="16"/>
       <c r="W19" s="16"/>
       <c r="X19" s="16"/>
       <c r="Y19" s="16"/>
       <c r="Z19" s="16"/>
     </row>
-    <row r="20" spans="1:26" ht="50" x14ac:dyDescent="0.25">
-      <c r="A20" s="29" t="s">
+    <row r="20" spans="1:26" ht="40" customHeight="1">
+      <c r="A20" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="B20" s="42">
+      <c r="B20" s="38">
         <v>11</v>
       </c>
-      <c r="C20" s="224" t="s">
-[...17 lines deleted...]
-      <c r="I20" s="29"/>
+      <c r="C20" s="232"/>
+      <c r="D20" s="185" t="s">
+        <v>202</v>
+      </c>
+      <c r="E20" s="185" t="s">
+        <v>54</v>
+      </c>
+      <c r="F20" s="188" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="185" t="s">
+        <v>56</v>
+      </c>
+      <c r="H20" s="24">
+        <v>1</v>
+      </c>
+      <c r="I20" s="25"/>
       <c r="J20" s="19"/>
       <c r="K20" s="19"/>
       <c r="L20" s="19"/>
       <c r="M20" s="19"/>
       <c r="N20" s="19"/>
       <c r="O20" s="19"/>
       <c r="P20" s="19"/>
       <c r="Q20" s="19"/>
       <c r="R20" s="16"/>
       <c r="S20" s="16"/>
       <c r="T20" s="16"/>
       <c r="U20" s="16"/>
       <c r="V20" s="16"/>
       <c r="W20" s="16"/>
       <c r="X20" s="16"/>
       <c r="Y20" s="16"/>
       <c r="Z20" s="16"/>
     </row>
-    <row r="21" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B21" s="42">
+    <row r="21" spans="1:26" ht="40" customHeight="1">
+      <c r="A21" s="25"/>
+      <c r="B21" s="38">
         <v>12</v>
       </c>
-      <c r="C21" s="229"/>
-[...15 lines deleted...]
-      <c r="I21" s="29"/>
+      <c r="C21" s="232"/>
+      <c r="D21" s="185" t="s">
+        <v>204</v>
+      </c>
+      <c r="E21" s="185" t="s">
+        <v>57</v>
+      </c>
+      <c r="F21" s="185" t="s">
+        <v>209</v>
+      </c>
+      <c r="G21" s="185" t="s">
+        <v>26</v>
+      </c>
+      <c r="H21" s="24">
+        <v>1</v>
+      </c>
+      <c r="I21" s="25"/>
       <c r="J21" s="19"/>
       <c r="K21" s="19"/>
       <c r="L21" s="19"/>
       <c r="M21" s="19"/>
       <c r="N21" s="19"/>
       <c r="O21" s="19"/>
       <c r="P21" s="19"/>
       <c r="Q21" s="19"/>
       <c r="R21" s="16"/>
       <c r="S21" s="16"/>
       <c r="T21" s="16"/>
       <c r="U21" s="16"/>
       <c r="V21" s="16"/>
       <c r="W21" s="16"/>
       <c r="X21" s="16"/>
       <c r="Y21" s="16"/>
       <c r="Z21" s="16"/>
     </row>
-    <row r="22" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B22" s="42">
+    <row r="22" spans="1:26" ht="40" customHeight="1">
+      <c r="A22" s="25"/>
+      <c r="B22" s="38">
         <v>13</v>
       </c>
-      <c r="C22" s="229"/>
-[...15 lines deleted...]
-      <c r="I22" s="29"/>
+      <c r="C22" s="233"/>
+      <c r="D22" s="186" t="s">
+        <v>205</v>
+      </c>
+      <c r="E22" s="185" t="s">
+        <v>206</v>
+      </c>
+      <c r="F22" s="185" t="s">
+        <v>207</v>
+      </c>
+      <c r="G22" s="185" t="s">
+        <v>208</v>
+      </c>
+      <c r="H22" s="24">
+        <v>1</v>
+      </c>
+      <c r="I22" s="25"/>
       <c r="J22" s="19"/>
       <c r="K22" s="19"/>
       <c r="L22" s="19"/>
       <c r="M22" s="19"/>
       <c r="N22" s="19"/>
       <c r="O22" s="19"/>
       <c r="P22" s="19"/>
       <c r="Q22" s="19"/>
       <c r="R22" s="16"/>
       <c r="S22" s="16"/>
       <c r="T22" s="16"/>
       <c r="U22" s="16"/>
       <c r="V22" s="16"/>
       <c r="W22" s="16"/>
       <c r="X22" s="16"/>
       <c r="Y22" s="16"/>
       <c r="Z22" s="16"/>
     </row>
-    <row r="23" spans="1:26" ht="25" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B23" s="42">
+    <row r="23" spans="1:26" ht="40" customHeight="1">
+      <c r="A23" s="25" t="s">
+        <v>5</v>
+      </c>
+      <c r="B23" s="38">
         <v>14</v>
       </c>
-      <c r="C23" s="229"/>
-[...23 lines deleted...]
-      <c r="Q23" s="16"/>
+      <c r="C23" s="234" t="s">
+        <v>176</v>
+      </c>
+      <c r="D23" s="185" t="s">
+        <v>210</v>
+      </c>
+      <c r="E23" s="185" t="s">
+        <v>214</v>
+      </c>
+      <c r="F23" s="185" t="s">
+        <v>58</v>
+      </c>
+      <c r="G23" s="185" t="s">
+        <v>59</v>
+      </c>
+      <c r="H23" s="24">
+        <v>1</v>
+      </c>
+      <c r="I23" s="25"/>
+      <c r="J23" s="19"/>
+      <c r="K23" s="19"/>
+      <c r="L23" s="19"/>
+      <c r="M23" s="19"/>
+      <c r="N23" s="19"/>
+      <c r="O23" s="19"/>
+      <c r="P23" s="19"/>
+      <c r="Q23" s="19"/>
       <c r="R23" s="16"/>
       <c r="S23" s="16"/>
       <c r="T23" s="16"/>
       <c r="U23" s="16"/>
       <c r="V23" s="16"/>
       <c r="W23" s="16"/>
       <c r="X23" s="16"/>
       <c r="Y23" s="16"/>
       <c r="Z23" s="16"/>
     </row>
-    <row r="24" spans="1:26" ht="25" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B24" s="42">
+    <row r="24" spans="1:26" ht="40" customHeight="1">
+      <c r="A24" s="25"/>
+      <c r="B24" s="38">
         <v>15</v>
       </c>
-      <c r="C24" s="225"/>
-[...23 lines deleted...]
-      <c r="Q24" s="16"/>
+      <c r="C24" s="235"/>
+      <c r="D24" s="185" t="s">
+        <v>211</v>
+      </c>
+      <c r="E24" s="185" t="s">
+        <v>189</v>
+      </c>
+      <c r="F24" s="185" t="s">
+        <v>215</v>
+      </c>
+      <c r="G24" s="185" t="s">
+        <v>26</v>
+      </c>
+      <c r="H24" s="24">
+        <v>1</v>
+      </c>
+      <c r="I24" s="25"/>
+      <c r="J24" s="19"/>
+      <c r="K24" s="19"/>
+      <c r="L24" s="19"/>
+      <c r="M24" s="19"/>
+      <c r="N24" s="19"/>
+      <c r="O24" s="19"/>
+      <c r="P24" s="19"/>
+      <c r="Q24" s="19"/>
       <c r="R24" s="16"/>
       <c r="S24" s="16"/>
       <c r="T24" s="16"/>
       <c r="U24" s="16"/>
       <c r="V24" s="16"/>
       <c r="W24" s="16"/>
       <c r="X24" s="16"/>
       <c r="Y24" s="16"/>
       <c r="Z24" s="16"/>
     </row>
-    <row r="25" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B25" s="42">
+    <row r="25" spans="1:26" ht="40" customHeight="1">
+      <c r="A25" s="25"/>
+      <c r="B25" s="38">
         <v>16</v>
       </c>
-      <c r="C25" s="224" t="s">
-[...25 lines deleted...]
-      <c r="Q25" s="16"/>
+      <c r="C25" s="235"/>
+      <c r="D25" s="185" t="s">
+        <v>212</v>
+      </c>
+      <c r="E25" s="185" t="s">
+        <v>200</v>
+      </c>
+      <c r="F25" s="185" t="s">
+        <v>216</v>
+      </c>
+      <c r="G25" s="187" t="s">
+        <v>26</v>
+      </c>
+      <c r="H25" s="24">
+        <v>1</v>
+      </c>
+      <c r="I25" s="25"/>
+      <c r="J25" s="19"/>
+      <c r="K25" s="19"/>
+      <c r="L25" s="19"/>
+      <c r="M25" s="19"/>
+      <c r="N25" s="19"/>
+      <c r="O25" s="19"/>
+      <c r="P25" s="19"/>
+      <c r="Q25" s="19"/>
       <c r="R25" s="16"/>
       <c r="S25" s="16"/>
       <c r="T25" s="16"/>
       <c r="U25" s="16"/>
       <c r="V25" s="16"/>
       <c r="W25" s="16"/>
       <c r="X25" s="16"/>
       <c r="Y25" s="16"/>
       <c r="Z25" s="16"/>
     </row>
-    <row r="26" spans="1:26" ht="25" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B26" s="42">
+    <row r="26" spans="1:26" ht="40" customHeight="1">
+      <c r="A26" s="25"/>
+      <c r="B26" s="38">
         <v>17</v>
       </c>
-      <c r="C26" s="229"/>
-[...12 lines deleted...]
-      <c r="H26" s="28">
+      <c r="C26" s="235"/>
+      <c r="D26" s="185" t="s">
+        <v>182</v>
+      </c>
+      <c r="E26" s="185" t="s">
+        <v>217</v>
+      </c>
+      <c r="F26" s="185" t="s">
+        <v>58</v>
+      </c>
+      <c r="G26" s="187" t="s">
+        <v>50</v>
+      </c>
+      <c r="H26" s="24">
         <v>1</v>
       </c>
-      <c r="I26" s="29"/>
+      <c r="I26" s="25"/>
       <c r="J26" s="16"/>
       <c r="K26" s="16"/>
       <c r="L26" s="16"/>
       <c r="M26" s="16"/>
       <c r="N26" s="16"/>
       <c r="O26" s="16"/>
       <c r="P26" s="16"/>
       <c r="Q26" s="16"/>
       <c r="R26" s="16"/>
       <c r="S26" s="16"/>
       <c r="T26" s="16"/>
       <c r="U26" s="16"/>
       <c r="V26" s="16"/>
       <c r="W26" s="16"/>
       <c r="X26" s="16"/>
       <c r="Y26" s="16"/>
       <c r="Z26" s="16"/>
     </row>
-    <row r="27" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B27" s="42">
+    <row r="27" spans="1:26" ht="40" customHeight="1">
+      <c r="A27" s="25"/>
+      <c r="B27" s="38">
         <v>18</v>
       </c>
-      <c r="C27" s="229"/>
-[...15 lines deleted...]
-      <c r="I27" s="29"/>
+      <c r="C27" s="235"/>
+      <c r="D27" s="185" t="s">
+        <v>183</v>
+      </c>
+      <c r="E27" s="187" t="s">
+        <v>304</v>
+      </c>
+      <c r="F27" s="185" t="s">
+        <v>58</v>
+      </c>
+      <c r="G27" s="185" t="s">
+        <v>26</v>
+      </c>
+      <c r="H27" s="24">
+        <v>1</v>
+      </c>
+      <c r="I27" s="25"/>
       <c r="J27" s="16"/>
       <c r="K27" s="16"/>
       <c r="L27" s="16"/>
       <c r="M27" s="16"/>
       <c r="N27" s="16"/>
       <c r="O27" s="16"/>
       <c r="P27" s="16"/>
       <c r="Q27" s="16"/>
       <c r="R27" s="16"/>
       <c r="S27" s="16"/>
       <c r="T27" s="16"/>
       <c r="U27" s="16"/>
       <c r="V27" s="16"/>
       <c r="W27" s="16"/>
       <c r="X27" s="16"/>
       <c r="Y27" s="16"/>
       <c r="Z27" s="16"/>
     </row>
-    <row r="28" spans="1:26" ht="50" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B28" s="42">
+    <row r="28" spans="1:26" ht="40" customHeight="1">
+      <c r="A28" s="25"/>
+      <c r="B28" s="38">
         <v>19</v>
       </c>
-      <c r="C28" s="229"/>
-[...15 lines deleted...]
-      <c r="I28" s="29"/>
+      <c r="C28" s="235"/>
+      <c r="D28" s="185" t="s">
+        <v>213</v>
+      </c>
+      <c r="E28" s="185" t="s">
+        <v>218</v>
+      </c>
+      <c r="F28" s="185" t="s">
+        <v>219</v>
+      </c>
+      <c r="G28" s="185" t="s">
+        <v>220</v>
+      </c>
+      <c r="H28" s="24">
+        <v>1</v>
+      </c>
+      <c r="I28" s="25"/>
       <c r="J28" s="16"/>
       <c r="K28" s="16"/>
       <c r="L28" s="16"/>
       <c r="M28" s="16"/>
       <c r="N28" s="16"/>
       <c r="O28" s="16"/>
       <c r="P28" s="16"/>
       <c r="Q28" s="16"/>
       <c r="R28" s="16"/>
       <c r="S28" s="16"/>
       <c r="T28" s="16"/>
       <c r="U28" s="16"/>
       <c r="V28" s="16"/>
       <c r="W28" s="16"/>
       <c r="X28" s="16"/>
       <c r="Y28" s="16"/>
       <c r="Z28" s="16"/>
     </row>
-    <row r="29" spans="1:26" ht="75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B29" s="42">
+    <row r="29" spans="1:26" ht="40" customHeight="1">
+      <c r="A29" s="25"/>
+      <c r="B29" s="38">
         <v>20</v>
       </c>
-      <c r="C29" s="225"/>
-[...15 lines deleted...]
-      <c r="I29" s="29"/>
+      <c r="C29" s="235"/>
+      <c r="D29" s="185" t="s">
+        <v>225</v>
+      </c>
+      <c r="E29" s="185" t="s">
+        <v>226</v>
+      </c>
+      <c r="F29" s="185" t="s">
+        <v>227</v>
+      </c>
+      <c r="G29" s="185" t="s">
+        <v>228</v>
+      </c>
+      <c r="H29" s="24">
+        <v>1</v>
+      </c>
+      <c r="I29" s="25"/>
       <c r="J29" s="16"/>
       <c r="K29" s="16"/>
       <c r="L29" s="16"/>
       <c r="M29" s="16"/>
       <c r="N29" s="16"/>
       <c r="O29" s="16"/>
       <c r="P29" s="16"/>
       <c r="Q29" s="16"/>
       <c r="R29" s="16"/>
       <c r="S29" s="16"/>
       <c r="T29" s="16"/>
       <c r="U29" s="16"/>
       <c r="V29" s="16"/>
       <c r="W29" s="16"/>
       <c r="X29" s="16"/>
       <c r="Y29" s="16"/>
       <c r="Z29" s="16"/>
     </row>
-    <row r="30" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B30" s="42">
+    <row r="30" spans="1:26" ht="40" customHeight="1">
+      <c r="A30" s="25"/>
+      <c r="B30" s="38">
         <v>21</v>
       </c>
-      <c r="C30" s="224" t="s">
-[...17 lines deleted...]
-      <c r="I30" s="29"/>
+      <c r="C30" s="236"/>
+      <c r="D30" s="187" t="s">
+        <v>221</v>
+      </c>
+      <c r="E30" s="187" t="s">
+        <v>222</v>
+      </c>
+      <c r="F30" s="187" t="s">
+        <v>223</v>
+      </c>
+      <c r="G30" s="187" t="s">
+        <v>224</v>
+      </c>
+      <c r="H30" s="24">
+        <v>1</v>
+      </c>
+      <c r="I30" s="25"/>
       <c r="J30" s="16"/>
       <c r="K30" s="16"/>
       <c r="L30" s="16"/>
       <c r="M30" s="16"/>
       <c r="N30" s="16"/>
       <c r="O30" s="16"/>
       <c r="P30" s="16"/>
       <c r="Q30" s="16"/>
       <c r="R30" s="16"/>
       <c r="S30" s="16"/>
       <c r="T30" s="16"/>
       <c r="U30" s="16"/>
       <c r="V30" s="16"/>
       <c r="W30" s="16"/>
       <c r="X30" s="16"/>
       <c r="Y30" s="16"/>
       <c r="Z30" s="16"/>
     </row>
-    <row r="31" spans="1:26" ht="25" x14ac:dyDescent="0.25">
-      <c r="A31" s="29" t="s">
+    <row r="31" spans="1:26" ht="40" customHeight="1">
+      <c r="A31" s="25" t="s">
         <v>5</v>
       </c>
-      <c r="B31" s="42">
+      <c r="B31" s="38">
         <v>22</v>
       </c>
-      <c r="C31" s="229"/>
-[...12 lines deleted...]
-      <c r="H31" s="28">
+      <c r="C31" s="234" t="s">
+        <v>177</v>
+      </c>
+      <c r="D31" s="187" t="s">
+        <v>237</v>
+      </c>
+      <c r="E31" s="189" t="s">
+        <v>238</v>
+      </c>
+      <c r="F31" s="187" t="s">
+        <v>239</v>
+      </c>
+      <c r="G31" s="187" t="s">
+        <v>240</v>
+      </c>
+      <c r="H31" s="24">
         <v>1</v>
       </c>
-      <c r="I31" s="29"/>
+      <c r="I31" s="25"/>
       <c r="J31" s="16"/>
       <c r="K31" s="16"/>
       <c r="L31" s="16"/>
       <c r="M31" s="16"/>
       <c r="N31" s="16"/>
       <c r="O31" s="16"/>
       <c r="P31" s="16"/>
       <c r="Q31" s="16"/>
       <c r="R31" s="16"/>
       <c r="S31" s="16"/>
       <c r="T31" s="16"/>
       <c r="U31" s="16"/>
       <c r="V31" s="16"/>
       <c r="W31" s="16"/>
       <c r="X31" s="16"/>
       <c r="Y31" s="16"/>
       <c r="Z31" s="16"/>
     </row>
-    <row r="32" spans="1:26" ht="65.5" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B32" s="42">
+    <row r="32" spans="1:26" ht="40" customHeight="1">
+      <c r="A32" s="25"/>
+      <c r="B32" s="38">
         <v>23</v>
       </c>
-      <c r="C32" s="229"/>
-[...15 lines deleted...]
-      <c r="I32" s="29"/>
+      <c r="C32" s="235"/>
+      <c r="D32" s="187" t="s">
+        <v>241</v>
+      </c>
+      <c r="E32" s="187" t="s">
+        <v>242</v>
+      </c>
+      <c r="F32" s="187" t="s">
+        <v>243</v>
+      </c>
+      <c r="G32" s="187" t="s">
+        <v>244</v>
+      </c>
+      <c r="H32" s="24">
+        <v>1</v>
+      </c>
+      <c r="I32" s="25"/>
       <c r="J32" s="16"/>
       <c r="K32" s="16"/>
       <c r="L32" s="16"/>
       <c r="M32" s="16"/>
       <c r="N32" s="16"/>
       <c r="O32" s="16"/>
       <c r="P32" s="16"/>
       <c r="Q32" s="16"/>
       <c r="R32" s="16"/>
       <c r="S32" s="16"/>
       <c r="T32" s="16"/>
       <c r="U32" s="16"/>
       <c r="V32" s="16"/>
       <c r="W32" s="16"/>
       <c r="X32" s="16"/>
       <c r="Y32" s="16"/>
       <c r="Z32" s="16"/>
     </row>
-    <row r="33" spans="1:26" ht="37.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B33" s="42">
+    <row r="33" spans="1:26" ht="40" customHeight="1">
+      <c r="A33" s="25"/>
+      <c r="B33" s="38">
         <v>24</v>
       </c>
-      <c r="C33" s="225"/>
-[...3 lines deleted...]
-      <c r="E33" s="20" t="s">
+      <c r="C33" s="235"/>
+      <c r="D33" s="187" t="s">
+        <v>245</v>
+      </c>
+      <c r="E33" s="187" t="s">
+        <v>246</v>
+      </c>
+      <c r="F33" s="187" t="s">
+        <v>247</v>
+      </c>
+      <c r="G33" s="187" t="s">
         <v>248</v>
       </c>
-      <c r="F33" s="20" t="s">
-[...8 lines deleted...]
-      <c r="I33" s="29"/>
+      <c r="H33" s="24">
+        <v>1</v>
+      </c>
+      <c r="I33" s="25"/>
       <c r="J33" s="16"/>
       <c r="K33" s="16"/>
       <c r="L33" s="16"/>
       <c r="M33" s="16"/>
       <c r="N33" s="16"/>
       <c r="O33" s="16"/>
       <c r="P33" s="16"/>
       <c r="Q33" s="16"/>
       <c r="R33" s="16"/>
       <c r="S33" s="16"/>
       <c r="T33" s="16"/>
       <c r="U33" s="16"/>
       <c r="V33" s="16"/>
       <c r="W33" s="16"/>
       <c r="X33" s="16"/>
       <c r="Y33" s="16"/>
       <c r="Z33" s="16"/>
     </row>
-    <row r="34" spans="1:26" ht="14" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      </c>
+    <row r="34" spans="1:26" ht="40" customHeight="1">
+      <c r="A34" s="25"/>
+      <c r="B34" s="38">
+        <v>25</v>
+      </c>
+      <c r="C34" s="235"/>
+      <c r="D34" s="187" t="s">
+        <v>249</v>
+      </c>
+      <c r="E34" s="187" t="s">
+        <v>250</v>
+      </c>
+      <c r="F34" s="187" t="s">
+        <v>251</v>
+      </c>
+      <c r="G34" s="187" t="s">
+        <v>252</v>
+      </c>
+      <c r="H34" s="24">
+        <v>1</v>
+      </c>
+      <c r="I34" s="25"/>
       <c r="J34" s="16"/>
       <c r="K34" s="16"/>
       <c r="L34" s="16"/>
       <c r="M34" s="16"/>
       <c r="N34" s="16"/>
       <c r="O34" s="16"/>
       <c r="P34" s="16"/>
       <c r="Q34" s="16"/>
       <c r="R34" s="16"/>
       <c r="S34" s="16"/>
       <c r="T34" s="16"/>
       <c r="U34" s="16"/>
       <c r="V34" s="16"/>
       <c r="W34" s="16"/>
       <c r="X34" s="16"/>
       <c r="Y34" s="16"/>
       <c r="Z34" s="16"/>
     </row>
-    <row r="35" spans="1:26" ht="14.5" thickBot="1" x14ac:dyDescent="0.3">
-[...8 lines deleted...]
-      <c r="I35" s="29"/>
+    <row r="35" spans="1:26" ht="40" customHeight="1">
+      <c r="A35" s="25"/>
+      <c r="B35" s="38">
+        <v>26</v>
+      </c>
+      <c r="C35" s="235"/>
+      <c r="D35" s="187" t="s">
+        <v>229</v>
+      </c>
+      <c r="E35" s="187" t="s">
+        <v>230</v>
+      </c>
+      <c r="F35" s="187" t="s">
+        <v>231</v>
+      </c>
+      <c r="G35" s="187" t="s">
+        <v>232</v>
+      </c>
+      <c r="H35" s="24">
+        <v>1</v>
+      </c>
+      <c r="I35" s="25"/>
       <c r="J35" s="16"/>
       <c r="K35" s="16"/>
       <c r="L35" s="16"/>
       <c r="M35" s="16"/>
       <c r="N35" s="16"/>
       <c r="O35" s="16"/>
       <c r="P35" s="16"/>
       <c r="Q35" s="16"/>
       <c r="R35" s="16"/>
       <c r="S35" s="16"/>
       <c r="T35" s="16"/>
       <c r="U35" s="16"/>
       <c r="V35" s="16"/>
       <c r="W35" s="16"/>
       <c r="X35" s="16"/>
       <c r="Y35" s="16"/>
       <c r="Z35" s="16"/>
     </row>
-    <row r="36" spans="1:26" ht="14.5" thickBot="1" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      </c>
+    <row r="36" spans="1:26" ht="40" customHeight="1">
+      <c r="A36" s="25"/>
+      <c r="B36" s="38">
+        <v>27</v>
+      </c>
+      <c r="C36" s="235"/>
+      <c r="D36" s="187" t="s">
+        <v>233</v>
+      </c>
+      <c r="E36" s="187" t="s">
+        <v>234</v>
+      </c>
+      <c r="F36" s="187" t="s">
+        <v>235</v>
+      </c>
+      <c r="G36" s="187" t="s">
+        <v>236</v>
+      </c>
+      <c r="H36" s="24">
+        <v>1</v>
+      </c>
+      <c r="I36" s="25"/>
       <c r="J36" s="16"/>
       <c r="K36" s="16"/>
       <c r="L36" s="16"/>
       <c r="M36" s="16"/>
       <c r="N36" s="16"/>
       <c r="O36" s="16"/>
       <c r="P36" s="16"/>
       <c r="Q36" s="16"/>
       <c r="R36" s="16"/>
       <c r="S36" s="16"/>
       <c r="T36" s="16"/>
       <c r="U36" s="16"/>
       <c r="V36" s="16"/>
       <c r="W36" s="16"/>
       <c r="X36" s="16"/>
       <c r="Y36" s="16"/>
       <c r="Z36" s="16"/>
     </row>
-    <row r="37" spans="1:26" ht="100" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="I37" s="29"/>
+    <row r="37" spans="1:26" ht="40" customHeight="1">
+      <c r="A37" s="25"/>
+      <c r="B37" s="38">
+        <v>28</v>
+      </c>
+      <c r="C37" s="234" t="s">
+        <v>178</v>
+      </c>
+      <c r="D37" s="185" t="s">
+        <v>253</v>
+      </c>
+      <c r="E37" s="185" t="s">
+        <v>254</v>
+      </c>
+      <c r="F37" s="185" t="s">
+        <v>255</v>
+      </c>
+      <c r="G37" s="185" t="s">
+        <v>256</v>
+      </c>
+      <c r="H37" s="24">
+        <v>1</v>
+      </c>
+      <c r="I37" s="25"/>
       <c r="J37" s="16"/>
       <c r="K37" s="16"/>
       <c r="L37" s="16"/>
       <c r="M37" s="16"/>
       <c r="N37" s="16"/>
       <c r="O37" s="16"/>
       <c r="P37" s="16"/>
       <c r="Q37" s="16"/>
       <c r="R37" s="16"/>
       <c r="S37" s="16"/>
       <c r="T37" s="16"/>
       <c r="U37" s="16"/>
       <c r="V37" s="16"/>
       <c r="W37" s="16"/>
       <c r="X37" s="16"/>
       <c r="Y37" s="16"/>
       <c r="Z37" s="16"/>
     </row>
-    <row r="38" spans="1:26" ht="14" x14ac:dyDescent="0.25">
-[...8 lines deleted...]
-      <c r="I38" s="29"/>
+    <row r="38" spans="1:26" ht="40" customHeight="1">
+      <c r="A38" s="25"/>
+      <c r="B38" s="38">
+        <v>29</v>
+      </c>
+      <c r="C38" s="235"/>
+      <c r="D38" s="185" t="s">
+        <v>257</v>
+      </c>
+      <c r="E38" s="185" t="s">
+        <v>258</v>
+      </c>
+      <c r="F38" s="185" t="s">
+        <v>259</v>
+      </c>
+      <c r="G38" s="185" t="s">
+        <v>260</v>
+      </c>
+      <c r="H38" s="24">
+        <v>1</v>
+      </c>
+      <c r="I38" s="25"/>
       <c r="J38" s="16"/>
       <c r="K38" s="16"/>
       <c r="L38" s="16"/>
       <c r="M38" s="16"/>
       <c r="N38" s="16"/>
       <c r="O38" s="16"/>
       <c r="P38" s="16"/>
       <c r="Q38" s="16"/>
       <c r="R38" s="16"/>
       <c r="S38" s="16"/>
       <c r="T38" s="16"/>
       <c r="U38" s="16"/>
       <c r="V38" s="16"/>
       <c r="W38" s="16"/>
       <c r="X38" s="16"/>
       <c r="Y38" s="16"/>
       <c r="Z38" s="16"/>
     </row>
-    <row r="39" spans="1:26" s="37" customFormat="1" ht="14" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="E39" s="186" t="s">
+    <row r="39" spans="1:26" ht="40" customHeight="1">
+      <c r="A39" s="25" t="s">
+        <v>5</v>
+      </c>
+      <c r="B39" s="38">
+        <v>30</v>
+      </c>
+      <c r="C39" s="235"/>
+      <c r="D39" s="185" t="s">
+        <v>261</v>
+      </c>
+      <c r="E39" s="185" t="s">
+        <v>262</v>
+      </c>
+      <c r="F39" s="185" t="s">
+        <v>263</v>
+      </c>
+      <c r="G39" s="185" t="s">
+        <v>26</v>
+      </c>
+      <c r="H39" s="24">
+        <v>1</v>
+      </c>
+      <c r="I39" s="25"/>
+      <c r="J39" s="16"/>
+      <c r="K39" s="16"/>
+      <c r="L39" s="16"/>
+      <c r="M39" s="16"/>
+      <c r="N39" s="16"/>
+      <c r="O39" s="16"/>
+      <c r="P39" s="16"/>
+      <c r="Q39" s="16"/>
+      <c r="R39" s="16"/>
+      <c r="S39" s="16"/>
+      <c r="T39" s="16"/>
+      <c r="U39" s="16"/>
+      <c r="V39" s="16"/>
+      <c r="W39" s="16"/>
+      <c r="X39" s="16"/>
+      <c r="Y39" s="16"/>
+      <c r="Z39" s="16"/>
+    </row>
+    <row r="40" spans="1:26" ht="40" customHeight="1">
+      <c r="A40" s="25"/>
+      <c r="B40" s="38">
+        <v>31</v>
+      </c>
+      <c r="C40" s="235"/>
+      <c r="D40" s="187" t="s">
+        <v>303</v>
+      </c>
+      <c r="E40" s="185" t="s">
+        <v>264</v>
+      </c>
+      <c r="F40" s="185" t="s">
+        <v>265</v>
+      </c>
+      <c r="G40" s="185" t="s">
+        <v>26</v>
+      </c>
+      <c r="H40" s="24">
+        <v>1</v>
+      </c>
+      <c r="I40" s="25"/>
+      <c r="J40" s="16"/>
+      <c r="K40" s="16"/>
+      <c r="L40" s="16"/>
+      <c r="M40" s="16"/>
+      <c r="N40" s="16"/>
+      <c r="O40" s="16"/>
+      <c r="P40" s="16"/>
+      <c r="Q40" s="16"/>
+      <c r="R40" s="16"/>
+      <c r="S40" s="16"/>
+      <c r="T40" s="16"/>
+      <c r="U40" s="16"/>
+      <c r="V40" s="16"/>
+      <c r="W40" s="16"/>
+      <c r="X40" s="16"/>
+      <c r="Y40" s="16"/>
+      <c r="Z40" s="16"/>
+    </row>
+    <row r="41" spans="1:26" ht="40" customHeight="1">
+      <c r="A41" s="25"/>
+      <c r="B41" s="38">
+        <v>32</v>
+      </c>
+      <c r="C41" s="236"/>
+      <c r="D41" s="185" t="s">
+        <v>184</v>
+      </c>
+      <c r="E41" s="185" t="s">
+        <v>308</v>
+      </c>
+      <c r="F41" s="185" t="s">
+        <v>266</v>
+      </c>
+      <c r="G41" s="185" t="s">
+        <v>26</v>
+      </c>
+      <c r="H41" s="24">
+        <v>1</v>
+      </c>
+      <c r="I41" s="25"/>
+      <c r="J41" s="16"/>
+      <c r="K41" s="16"/>
+      <c r="L41" s="16"/>
+      <c r="M41" s="16"/>
+      <c r="N41" s="16"/>
+      <c r="O41" s="16"/>
+      <c r="P41" s="16"/>
+      <c r="Q41" s="16"/>
+      <c r="R41" s="16"/>
+      <c r="S41" s="16"/>
+      <c r="T41" s="16"/>
+      <c r="U41" s="16"/>
+      <c r="V41" s="16"/>
+      <c r="W41" s="16"/>
+      <c r="X41" s="16"/>
+      <c r="Y41" s="16"/>
+      <c r="Z41" s="16"/>
+    </row>
+    <row r="42" spans="1:26" ht="20.149999999999999" customHeight="1">
+      <c r="A42" s="25"/>
+      <c r="B42" s="28"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="28"/>
+      <c r="E42" s="28"/>
+      <c r="F42" s="28"/>
+      <c r="G42" s="36" t="s">
+        <v>60</v>
+      </c>
+      <c r="H42" s="34">
+        <f>SUM(H10:H41)</f>
+        <v>32</v>
+      </c>
+      <c r="I42" s="25" t="s">
+        <v>5</v>
+      </c>
+      <c r="J42" s="16"/>
+      <c r="K42" s="16"/>
+      <c r="L42" s="16"/>
+      <c r="M42" s="16"/>
+      <c r="N42" s="16"/>
+      <c r="O42" s="16"/>
+      <c r="P42" s="16"/>
+      <c r="Q42" s="16"/>
+      <c r="R42" s="16"/>
+      <c r="S42" s="16"/>
+      <c r="T42" s="16"/>
+      <c r="U42" s="16"/>
+      <c r="V42" s="16"/>
+      <c r="W42" s="16"/>
+      <c r="X42" s="16"/>
+      <c r="Y42" s="16"/>
+      <c r="Z42" s="16"/>
+    </row>
+    <row r="43" spans="1:26" ht="14.5" thickBot="1">
+      <c r="A43" s="25"/>
+      <c r="B43" s="28"/>
+      <c r="C43" s="28"/>
+      <c r="D43" s="28"/>
+      <c r="E43" s="28"/>
+      <c r="F43" s="28"/>
+      <c r="G43" s="28"/>
+      <c r="H43" s="22"/>
+      <c r="I43" s="25"/>
+      <c r="J43" s="16"/>
+      <c r="K43" s="16"/>
+      <c r="L43" s="16"/>
+      <c r="M43" s="16"/>
+      <c r="N43" s="16"/>
+      <c r="O43" s="16"/>
+      <c r="P43" s="16"/>
+      <c r="Q43" s="16"/>
+      <c r="R43" s="16"/>
+      <c r="S43" s="16"/>
+      <c r="T43" s="16"/>
+      <c r="U43" s="16"/>
+      <c r="V43" s="16"/>
+      <c r="W43" s="16"/>
+      <c r="X43" s="16"/>
+      <c r="Y43" s="16"/>
+      <c r="Z43" s="16"/>
+    </row>
+    <row r="44" spans="1:26" ht="20.149999999999999" customHeight="1" thickBot="1">
+      <c r="A44" s="25"/>
+      <c r="B44" s="28"/>
+      <c r="C44" s="28"/>
+      <c r="E44" s="28"/>
+      <c r="F44" s="28"/>
+      <c r="G44" s="148" t="s">
+        <v>61</v>
+      </c>
+      <c r="H44" s="35" t="str">
+        <f>IF(OR($H$10=1,$H10=1,$H$11=1,$H$42&lt;45),"Hoog risico (1)",IF($H$42&gt;66,"Laag risico (3)","Midden risico (2)"))</f>
+        <v>Hoog risico (1)</v>
+      </c>
+      <c r="I44" s="25" t="s">
+        <v>5</v>
+      </c>
+      <c r="J44" s="16"/>
+      <c r="K44" s="16"/>
+      <c r="L44" s="16"/>
+      <c r="M44" s="16"/>
+      <c r="N44" s="16"/>
+      <c r="O44" s="16"/>
+      <c r="P44" s="16"/>
+      <c r="Q44" s="16"/>
+      <c r="R44" s="16"/>
+      <c r="S44" s="16"/>
+      <c r="T44" s="16"/>
+      <c r="U44" s="16"/>
+      <c r="V44" s="16"/>
+      <c r="W44" s="16"/>
+      <c r="X44" s="16"/>
+      <c r="Y44" s="16"/>
+      <c r="Z44" s="16"/>
+    </row>
+    <row r="45" spans="1:26" ht="14">
+      <c r="A45" s="25"/>
+      <c r="B45" s="28"/>
+      <c r="C45" s="28"/>
+      <c r="D45" s="142" t="s">
+        <v>62</v>
+      </c>
+      <c r="E45" s="33"/>
+      <c r="F45" s="28"/>
+      <c r="G45" s="28"/>
+      <c r="H45" s="28"/>
+      <c r="I45" s="25"/>
+      <c r="J45" s="16"/>
+      <c r="K45" s="16"/>
+      <c r="L45" s="16"/>
+      <c r="M45" s="16"/>
+      <c r="N45" s="16"/>
+      <c r="O45" s="16"/>
+      <c r="P45" s="16"/>
+      <c r="Q45" s="16"/>
+      <c r="R45" s="16"/>
+      <c r="S45" s="16"/>
+      <c r="T45" s="16"/>
+      <c r="U45" s="16"/>
+      <c r="V45" s="16"/>
+      <c r="W45" s="16"/>
+      <c r="X45" s="16"/>
+      <c r="Y45" s="16"/>
+      <c r="Z45" s="16"/>
+    </row>
+    <row r="46" spans="1:26" ht="14">
+      <c r="A46" s="25"/>
+      <c r="B46" s="28"/>
+      <c r="C46" s="28"/>
+      <c r="D46" s="143" t="s">
+        <v>312</v>
+      </c>
+      <c r="E46" s="33"/>
+      <c r="F46" s="28"/>
+      <c r="G46" s="28"/>
+      <c r="H46" s="28"/>
+      <c r="I46" s="25"/>
+      <c r="J46" s="16"/>
+      <c r="K46" s="16"/>
+      <c r="L46" s="16"/>
+      <c r="M46" s="16"/>
+      <c r="N46" s="16"/>
+      <c r="O46" s="16"/>
+      <c r="P46" s="16"/>
+      <c r="Q46" s="16"/>
+      <c r="R46" s="16"/>
+      <c r="S46" s="16"/>
+      <c r="T46" s="16"/>
+      <c r="U46" s="16"/>
+      <c r="V46" s="16"/>
+      <c r="W46" s="16"/>
+      <c r="X46" s="16"/>
+      <c r="Y46" s="16"/>
+      <c r="Z46" s="16"/>
+    </row>
+    <row r="47" spans="1:26" s="33" customFormat="1" ht="25">
+      <c r="A47" s="25"/>
+      <c r="B47" s="28"/>
+      <c r="C47" s="28"/>
+      <c r="D47" s="192" t="s">
+        <v>311</v>
+      </c>
+      <c r="F47" s="28"/>
+      <c r="G47" s="28"/>
+      <c r="H47" s="28"/>
+      <c r="I47" s="25"/>
+      <c r="J47" s="25"/>
+      <c r="K47" s="25"/>
+      <c r="L47" s="25"/>
+      <c r="M47" s="25"/>
+      <c r="N47" s="25"/>
+      <c r="O47" s="25"/>
+      <c r="P47" s="25"/>
+      <c r="Q47" s="25"/>
+      <c r="R47" s="25"/>
+      <c r="S47" s="25"/>
+      <c r="T47" s="25"/>
+      <c r="U47" s="25"/>
+      <c r="V47" s="25"/>
+      <c r="W47" s="25"/>
+      <c r="X47" s="25"/>
+      <c r="Y47" s="25"/>
+      <c r="Z47" s="25"/>
+    </row>
+    <row r="48" spans="1:26" s="33" customFormat="1" ht="14">
+      <c r="A48" s="25"/>
+      <c r="B48" s="28"/>
+      <c r="C48" s="28"/>
+      <c r="H48" s="28"/>
+      <c r="I48" s="25"/>
+      <c r="J48" s="25"/>
+      <c r="K48" s="25"/>
+      <c r="L48" s="25"/>
+      <c r="M48" s="25"/>
+      <c r="N48" s="25"/>
+      <c r="O48" s="25"/>
+      <c r="P48" s="25"/>
+      <c r="Q48" s="25"/>
+      <c r="R48" s="25"/>
+      <c r="S48" s="25"/>
+      <c r="T48" s="25"/>
+      <c r="U48" s="25"/>
+      <c r="V48" s="25"/>
+      <c r="W48" s="25"/>
+      <c r="X48" s="25"/>
+      <c r="Y48" s="25"/>
+      <c r="Z48" s="25"/>
+    </row>
+    <row r="49" spans="1:26" s="33" customFormat="1" ht="14">
+      <c r="A49" s="25"/>
+      <c r="B49" s="28"/>
+      <c r="C49" s="28"/>
+      <c r="D49" s="144" t="s">
+        <v>98</v>
+      </c>
+      <c r="E49" s="170" t="s">
+        <v>154</v>
+      </c>
+      <c r="H49" s="28"/>
+      <c r="I49" s="25"/>
+      <c r="J49" s="25"/>
+      <c r="K49" s="25"/>
+      <c r="L49" s="25"/>
+      <c r="M49" s="25"/>
+      <c r="N49" s="25"/>
+      <c r="O49" s="25"/>
+      <c r="P49" s="25"/>
+      <c r="Q49" s="25"/>
+      <c r="R49" s="25"/>
+      <c r="S49" s="25"/>
+      <c r="T49" s="25"/>
+      <c r="U49" s="25"/>
+      <c r="V49" s="25"/>
+      <c r="W49" s="25"/>
+      <c r="X49" s="25"/>
+      <c r="Y49" s="25"/>
+      <c r="Z49" s="25"/>
+    </row>
+    <row r="50" spans="1:26" s="33" customFormat="1" ht="14">
+      <c r="A50" s="25"/>
+      <c r="B50" s="28"/>
+      <c r="C50" s="28"/>
+      <c r="D50" s="145" t="s">
+        <v>89</v>
+      </c>
+      <c r="E50" s="146">
+        <v>96</v>
+      </c>
+      <c r="H50" s="28"/>
+      <c r="I50" s="25"/>
+      <c r="J50" s="25"/>
+      <c r="K50" s="25"/>
+      <c r="L50" s="25"/>
+      <c r="M50" s="25"/>
+      <c r="N50" s="25"/>
+      <c r="O50" s="25"/>
+      <c r="P50" s="25"/>
+      <c r="Q50" s="25"/>
+      <c r="R50" s="25"/>
+      <c r="S50" s="25"/>
+      <c r="T50" s="25"/>
+      <c r="U50" s="25"/>
+      <c r="V50" s="25"/>
+      <c r="W50" s="25"/>
+      <c r="X50" s="25"/>
+      <c r="Y50" s="25"/>
+      <c r="Z50" s="25"/>
+    </row>
+    <row r="51" spans="1:26" s="33" customFormat="1" ht="14">
+      <c r="A51" s="25"/>
+      <c r="B51" s="28"/>
+      <c r="C51" s="28"/>
+      <c r="D51" s="145" t="s">
+        <v>90</v>
+      </c>
+      <c r="E51" s="146">
+        <v>32</v>
+      </c>
+      <c r="H51" s="28"/>
+      <c r="I51" s="25"/>
+      <c r="J51" s="25"/>
+      <c r="K51" s="25"/>
+      <c r="L51" s="25"/>
+      <c r="M51" s="25"/>
+      <c r="N51" s="25"/>
+      <c r="O51" s="25"/>
+      <c r="P51" s="25"/>
+      <c r="Q51" s="25"/>
+      <c r="R51" s="25"/>
+      <c r="S51" s="25"/>
+      <c r="T51" s="25"/>
+      <c r="U51" s="25"/>
+      <c r="V51" s="25"/>
+      <c r="W51" s="25"/>
+      <c r="X51" s="25"/>
+      <c r="Y51" s="25"/>
+      <c r="Z51" s="25"/>
+    </row>
+    <row r="52" spans="1:26" s="33" customFormat="1" ht="14">
+      <c r="A52" s="25"/>
+      <c r="B52" s="28"/>
+      <c r="C52" s="28"/>
+      <c r="D52" s="145" t="s">
+        <v>151</v>
+      </c>
+      <c r="E52" s="146">
+        <v>66</v>
+      </c>
+      <c r="H52" s="28"/>
+      <c r="I52" s="25"/>
+      <c r="J52" s="25"/>
+      <c r="K52" s="25"/>
+      <c r="L52" s="25"/>
+      <c r="M52" s="25"/>
+      <c r="N52" s="25"/>
+      <c r="O52" s="25"/>
+      <c r="P52" s="25"/>
+      <c r="Q52" s="25"/>
+      <c r="R52" s="25"/>
+      <c r="S52" s="25"/>
+      <c r="T52" s="25"/>
+      <c r="U52" s="25"/>
+      <c r="V52" s="25"/>
+      <c r="W52" s="25"/>
+      <c r="X52" s="25"/>
+      <c r="Y52" s="25"/>
+      <c r="Z52" s="25"/>
+    </row>
+    <row r="53" spans="1:26" s="33" customFormat="1" ht="32.5" customHeight="1">
+      <c r="A53" s="25"/>
+      <c r="B53" s="28"/>
+      <c r="C53" s="28"/>
+      <c r="D53" s="145" t="s">
+        <v>152</v>
+      </c>
+      <c r="E53" s="147" t="s">
+        <v>310</v>
+      </c>
+      <c r="H53" s="28"/>
+      <c r="I53" s="25"/>
+      <c r="J53" s="25"/>
+      <c r="K53" s="25"/>
+      <c r="L53" s="25"/>
+      <c r="M53" s="25"/>
+      <c r="N53" s="25"/>
+      <c r="O53" s="25"/>
+      <c r="P53" s="25"/>
+      <c r="Q53" s="25"/>
+      <c r="R53" s="25"/>
+      <c r="S53" s="25"/>
+      <c r="T53" s="25"/>
+      <c r="U53" s="25"/>
+      <c r="V53" s="25"/>
+      <c r="W53" s="25"/>
+      <c r="X53" s="25"/>
+      <c r="Y53" s="25"/>
+      <c r="Z53" s="25"/>
+    </row>
+    <row r="54" spans="1:26" s="33" customFormat="1" ht="14">
+      <c r="A54" s="25"/>
+      <c r="B54" s="28"/>
+      <c r="C54" s="28"/>
+      <c r="D54" s="145" t="s">
+        <v>153</v>
+      </c>
+      <c r="E54" s="146">
+        <v>45</v>
+      </c>
+      <c r="F54" s="28"/>
+      <c r="G54" s="28"/>
+      <c r="H54" s="28"/>
+      <c r="I54" s="25"/>
+      <c r="J54" s="25"/>
+      <c r="K54" s="25"/>
+      <c r="L54" s="25"/>
+      <c r="M54" s="25"/>
+      <c r="N54" s="25"/>
+      <c r="O54" s="25"/>
+      <c r="P54" s="25"/>
+      <c r="Q54" s="25"/>
+      <c r="R54" s="25"/>
+      <c r="S54" s="25"/>
+      <c r="T54" s="25"/>
+      <c r="U54" s="25"/>
+      <c r="V54" s="25"/>
+      <c r="W54" s="25"/>
+      <c r="X54" s="25"/>
+      <c r="Y54" s="25"/>
+      <c r="Z54" s="25"/>
+    </row>
+    <row r="55" spans="1:26" ht="37.5">
+      <c r="A55" s="33"/>
+      <c r="B55" s="33"/>
+      <c r="C55" s="33"/>
+      <c r="D55" s="190" t="s">
         <v>309</v>
       </c>
-      <c r="F39" s="32"/>
-[...225 lines deleted...]
-      <c r="Z46" s="29"/>
+      <c r="E55" s="191"/>
+      <c r="F55" s="33"/>
+      <c r="G55" s="33"/>
+      <c r="H55" s="33"/>
+    </row>
+    <row r="56" spans="1:26">
+      <c r="A56" s="33"/>
+      <c r="B56" s="33"/>
+      <c r="C56" s="33"/>
+      <c r="D56" s="33"/>
+      <c r="E56" s="33"/>
+      <c r="F56" s="33"/>
+      <c r="G56" s="33"/>
+      <c r="H56" s="33"/>
+      <c r="I56" s="33"/>
+    </row>
+    <row r="57" spans="1:26">
+      <c r="A57" s="33"/>
+      <c r="B57" s="33"/>
+      <c r="C57" s="33"/>
+      <c r="D57" s="33"/>
+      <c r="E57" s="33"/>
+      <c r="F57" s="33"/>
+      <c r="G57" s="33"/>
+      <c r="H57" s="33"/>
+      <c r="I57" s="33"/>
+    </row>
+    <row r="58" spans="1:26">
+      <c r="A58" s="33"/>
+      <c r="B58" s="33"/>
+      <c r="C58" s="33"/>
+      <c r="D58" s="33"/>
+      <c r="E58" s="33"/>
+      <c r="F58" s="33"/>
+      <c r="G58" s="33"/>
+      <c r="H58" s="33"/>
+      <c r="I58" s="33"/>
+    </row>
+    <row r="59" spans="1:26">
+      <c r="A59" s="33"/>
+      <c r="B59" s="33"/>
+      <c r="C59" s="33"/>
+      <c r="D59" s="33"/>
+      <c r="E59" s="33"/>
+      <c r="F59" s="33"/>
+      <c r="G59" s="33"/>
+      <c r="H59" s="33"/>
+      <c r="I59" s="33"/>
+    </row>
+    <row r="60" spans="1:26">
+      <c r="A60" s="33"/>
+      <c r="B60" s="33"/>
+      <c r="C60" s="33"/>
+      <c r="D60" s="33"/>
+      <c r="E60" s="33"/>
+      <c r="F60" s="33"/>
+      <c r="G60" s="33"/>
+      <c r="H60" s="33"/>
+      <c r="I60" s="33"/>
+    </row>
+    <row r="61" spans="1:26">
+      <c r="A61" s="33"/>
+      <c r="B61" s="33"/>
+      <c r="C61" s="33"/>
+      <c r="D61" s="33"/>
+      <c r="E61" s="33"/>
+      <c r="F61" s="33"/>
+      <c r="G61" s="33"/>
+      <c r="H61" s="33"/>
+      <c r="I61" s="33"/>
+    </row>
+    <row r="62" spans="1:26">
+      <c r="A62" s="33"/>
+      <c r="B62" s="33"/>
+      <c r="C62" s="33"/>
+      <c r="D62" s="33"/>
+      <c r="E62" s="33"/>
+      <c r="F62" s="33"/>
+      <c r="G62" s="33"/>
+      <c r="H62" s="33"/>
+      <c r="I62" s="33"/>
     </row>
   </sheetData>
-  <mergeCells count="10">
+  <autoFilter ref="C9:C42" xr:uid="{00000000-0001-0000-0200-000000000000}"/>
+  <mergeCells count="9">
+    <mergeCell ref="C14:C22"/>
+    <mergeCell ref="C23:C30"/>
+    <mergeCell ref="C31:C36"/>
+    <mergeCell ref="C37:C41"/>
     <mergeCell ref="E1:F4"/>
     <mergeCell ref="B6:F6"/>
     <mergeCell ref="B7:F7"/>
     <mergeCell ref="E8:G8"/>
-    <mergeCell ref="D45:E45"/>
-[...4 lines deleted...]
-    <mergeCell ref="C30:C33"/>
+    <mergeCell ref="C10:C13"/>
   </mergeCells>
-  <conditionalFormatting sqref="H10:H33">
+  <conditionalFormatting sqref="H10:H41">
     <cfRule type="cellIs" dxfId="26" priority="7" stopIfTrue="1" operator="equal">
       <formula>1</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="25" priority="8" stopIfTrue="1" operator="equal">
       <formula>2</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="24" priority="9" stopIfTrue="1" operator="equal">
       <formula>3</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H34">
+  <conditionalFormatting sqref="H42">
     <cfRule type="cellIs" dxfId="23" priority="1" stopIfTrue="1" operator="lessThan">
-      <formula>43</formula>
+      <formula>45</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="22" priority="2" stopIfTrue="1" operator="between">
-      <formula>43</formula>
-      <formula>52</formula>
+      <formula>45</formula>
+      <formula>66</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="21" priority="3" stopIfTrue="1" operator="greaterThanOrEqual">
-      <formula>53</formula>
+      <formula>66</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="H36">
+  <conditionalFormatting sqref="H44">
     <cfRule type="cellIs" dxfId="20" priority="4" stopIfTrue="1" operator="equal">
       <formula>"Laag risico (3)"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="19" priority="5" stopIfTrue="1" operator="equal">
       <formula>"Midden risico (2)"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="18" priority="6" stopIfTrue="1" operator="equal">
       <formula>"Hoog risico (1)"</formula>
     </cfRule>
   </conditionalFormatting>
-  <dataValidations count="2">
-[...4 lines deleted...]
-      <formula1>$J$10:$J$12</formula1>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H10:H41" xr:uid="{563F5D04-501E-4B7D-ADB6-AC85655BABD9}">
+      <formula1>"1,2,3"</formula1>
     </dataValidation>
   </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="D47" r:id="rId1" xr:uid="{6EC1FA68-EAC3-4DE0-ACEF-0D30034669EE}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId2"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Intern gebruik</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:M106"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B97" sqref="B97:C97"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="I64" sqref="I64"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.7265625" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="16.26953125" customWidth="1"/>
+    <col min="1" max="1" width="4.81640625" customWidth="1"/>
+    <col min="2" max="2" width="11.453125" style="169" customWidth="1"/>
+    <col min="3" max="3" width="45.81640625" style="169" customWidth="1"/>
+    <col min="4" max="4" width="10.1796875" style="168" customWidth="1"/>
+    <col min="5" max="5" width="16.1796875" customWidth="1"/>
     <col min="6" max="6" width="24.453125" customWidth="1"/>
-    <col min="7" max="7" width="32.26953125" customWidth="1"/>
+    <col min="7" max="7" width="32.1796875" customWidth="1"/>
     <col min="8" max="8" width="35.453125" customWidth="1"/>
     <col min="9" max="9" width="16.81640625" customWidth="1"/>
     <col min="10" max="10" width="41.81640625" customWidth="1"/>
-    <col min="11" max="11" width="16.7265625" customWidth="1"/>
+    <col min="11" max="11" width="16.81640625" customWidth="1"/>
     <col min="12" max="12" width="13" hidden="1" customWidth="1"/>
-    <col min="13" max="13" width="40.7265625" hidden="1" customWidth="1"/>
+    <col min="13" max="13" width="40.81640625" hidden="1" customWidth="1"/>
     <col min="14" max="16384" width="8.81640625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="K1" s="43"/>
+    <row r="1" spans="1:12" ht="18" customHeight="1">
+      <c r="A1" s="39"/>
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="237" t="s">
+        <v>33</v>
+      </c>
+      <c r="E1" s="237"/>
+      <c r="F1" s="237"/>
+      <c r="G1" s="39"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
       <c r="L1" s="7"/>
     </row>
-    <row r="2" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="K2" s="44"/>
+    <row r="2" spans="1:12" ht="18" customHeight="1">
+      <c r="A2" s="40"/>
+      <c r="B2" s="40"/>
+      <c r="C2" s="40"/>
+      <c r="D2" s="237"/>
+      <c r="E2" s="237"/>
+      <c r="F2" s="237"/>
+      <c r="G2" s="40"/>
+      <c r="H2" s="40"/>
+      <c r="I2" s="40"/>
+      <c r="J2" s="40"/>
+      <c r="K2" s="40"/>
       <c r="L2" s="8"/>
     </row>
-    <row r="3" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="K3" s="44"/>
+    <row r="3" spans="1:12" ht="18" customHeight="1">
+      <c r="A3" s="40"/>
+      <c r="B3" s="40"/>
+      <c r="C3" s="40"/>
+      <c r="D3" s="237"/>
+      <c r="E3" s="237"/>
+      <c r="F3" s="237"/>
+      <c r="G3" s="40"/>
+      <c r="H3" s="40"/>
+      <c r="I3" s="40"/>
+      <c r="J3" s="40"/>
+      <c r="K3" s="40"/>
       <c r="L3" s="8"/>
     </row>
-    <row r="4" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-      <c r="K4" s="44"/>
+    <row r="4" spans="1:12" ht="18" customHeight="1">
+      <c r="A4" s="40"/>
+      <c r="B4" s="40"/>
+      <c r="C4" s="40"/>
+      <c r="D4" s="238"/>
+      <c r="E4" s="238"/>
+      <c r="F4" s="238"/>
+      <c r="G4" s="40"/>
+      <c r="H4" s="40"/>
+      <c r="I4" s="40"/>
+      <c r="J4" s="40"/>
+      <c r="K4" s="40"/>
       <c r="L4" s="8"/>
     </row>
-    <row r="5" spans="1:12" ht="15" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B5" s="51" t="s">
+    <row r="5" spans="1:12" ht="15">
+      <c r="A5" s="41"/>
+      <c r="B5" s="47" t="s">
         <v>0</v>
       </c>
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
       <c r="E5" s="11"/>
       <c r="F5" s="11"/>
       <c r="G5" s="11"/>
       <c r="H5" s="11"/>
       <c r="I5" s="11"/>
       <c r="J5" s="12"/>
-      <c r="K5" s="45"/>
+      <c r="K5" s="41"/>
       <c r="L5" s="9"/>
     </row>
-    <row r="6" spans="1:12" ht="15" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="K6" s="45"/>
+    <row r="6" spans="1:12" ht="15">
+      <c r="A6" s="41"/>
+      <c r="B6" s="44" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" s="42"/>
+      <c r="D6" s="42"/>
+      <c r="E6" s="42"/>
+      <c r="F6" s="42"/>
+      <c r="G6" s="42"/>
+      <c r="H6" s="42"/>
+      <c r="I6" s="42"/>
+      <c r="J6" s="45"/>
+      <c r="K6" s="41"/>
       <c r="L6" s="9"/>
     </row>
-    <row r="7" spans="1:12" ht="15" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B7" s="52" t="s">
+    <row r="7" spans="1:12" ht="15">
+      <c r="A7" s="41"/>
+      <c r="B7" s="48" t="s">
         <v>4</v>
       </c>
-      <c r="C7" s="27"/>
-[...5 lines deleted...]
-      <c r="I7" s="27"/>
+      <c r="C7" s="23"/>
+      <c r="D7" s="23"/>
+      <c r="E7" s="23"/>
+      <c r="F7" s="23"/>
+      <c r="G7" s="23"/>
+      <c r="H7" s="23"/>
+      <c r="I7" s="23"/>
       <c r="J7" s="13"/>
-      <c r="K7" s="45"/>
+      <c r="K7" s="41"/>
       <c r="L7" s="9"/>
     </row>
-    <row r="8" spans="1:12" ht="15" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="K8" s="45"/>
+    <row r="8" spans="1:12" ht="15">
+      <c r="A8" s="41"/>
+      <c r="B8" s="44" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="42"/>
+      <c r="D8" s="42"/>
+      <c r="E8" s="42"/>
+      <c r="F8" s="42"/>
+      <c r="G8" s="42"/>
+      <c r="H8" s="42"/>
+      <c r="I8" s="42"/>
+      <c r="J8" s="45"/>
+      <c r="K8" s="41"/>
       <c r="L8" s="9"/>
     </row>
-    <row r="9" spans="1:12" ht="15" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B9" s="53">
+    <row r="9" spans="1:12" ht="15">
+      <c r="A9" s="41"/>
+      <c r="B9" s="49">
         <v>1</v>
       </c>
-      <c r="C9" s="44" t="s">
-[...9 lines deleted...]
-      <c r="K9" s="45"/>
+      <c r="C9" s="40" t="s">
+        <v>145</v>
+      </c>
+      <c r="D9" s="40"/>
+      <c r="E9" s="40"/>
+      <c r="F9" s="40"/>
+      <c r="G9" s="40"/>
+      <c r="H9" s="40"/>
+      <c r="I9" s="42"/>
+      <c r="J9" s="45"/>
+      <c r="K9" s="41"/>
       <c r="L9" s="9"/>
     </row>
-    <row r="10" spans="1:12" ht="15" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B10" s="53" t="s">
+    <row r="10" spans="1:12" ht="15">
+      <c r="A10" s="41"/>
+      <c r="B10" s="49" t="s">
         <v>5</v>
       </c>
-      <c r="C10" s="44" t="s">
-[...9 lines deleted...]
-      <c r="K10" s="45"/>
+      <c r="C10" s="40" t="s">
+        <v>146</v>
+      </c>
+      <c r="D10" s="40"/>
+      <c r="E10" s="40"/>
+      <c r="F10" s="40"/>
+      <c r="G10" s="40"/>
+      <c r="H10" s="40"/>
+      <c r="I10" s="42"/>
+      <c r="J10" s="45"/>
+      <c r="K10" s="41"/>
       <c r="L10" s="9"/>
     </row>
-    <row r="11" spans="1:12" ht="15" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B11" s="53">
+    <row r="11" spans="1:12" ht="15">
+      <c r="A11" s="41"/>
+      <c r="B11" s="49">
         <v>2</v>
       </c>
-      <c r="C11" s="44" t="s">
+      <c r="C11" s="40" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" s="40"/>
+      <c r="E11" s="40"/>
+      <c r="F11" s="40"/>
+      <c r="G11" s="40"/>
+      <c r="H11" s="40"/>
+      <c r="I11" s="42"/>
+      <c r="J11" s="45"/>
+      <c r="K11" s="41"/>
+      <c r="L11" s="9"/>
+    </row>
+    <row r="12" spans="1:12" ht="15">
+      <c r="A12" s="41"/>
+      <c r="B12" s="51">
+        <v>3</v>
+      </c>
+      <c r="C12" s="52" t="s">
         <v>35</v>
       </c>
-      <c r="D11" s="44"/>
-[...11 lines deleted...]
-      <c r="B12" s="55">
+      <c r="D12" s="52"/>
+      <c r="E12" s="52"/>
+      <c r="F12" s="52"/>
+      <c r="G12" s="52"/>
+      <c r="H12" s="52"/>
+      <c r="I12" s="50"/>
+      <c r="J12" s="45"/>
+      <c r="K12" s="41"/>
+      <c r="L12" s="9"/>
+    </row>
+    <row r="13" spans="1:12" ht="15">
+      <c r="A13" s="41"/>
+      <c r="B13" s="41"/>
+      <c r="C13" s="41"/>
+      <c r="D13" s="41"/>
+      <c r="E13" s="41"/>
+      <c r="F13" s="41"/>
+      <c r="G13" s="41"/>
+      <c r="H13" s="41"/>
+      <c r="I13" s="41"/>
+      <c r="J13" s="115"/>
+      <c r="K13" s="41"/>
+      <c r="L13" s="9"/>
+    </row>
+    <row r="14" spans="1:12" ht="15">
+      <c r="A14" s="41"/>
+      <c r="B14" s="119" t="s">
+        <v>15</v>
+      </c>
+      <c r="C14" s="120"/>
+      <c r="D14" s="120"/>
+      <c r="E14" s="120"/>
+      <c r="F14" s="120"/>
+      <c r="G14" s="120"/>
+      <c r="H14" s="120"/>
+      <c r="I14" s="120"/>
+      <c r="J14" s="116"/>
+      <c r="K14" s="41"/>
+      <c r="L14" s="9"/>
+    </row>
+    <row r="15" spans="1:12" ht="15">
+      <c r="A15" s="41"/>
+      <c r="B15" s="53"/>
+      <c r="C15" s="41"/>
+      <c r="D15" s="41"/>
+      <c r="E15" s="41"/>
+      <c r="F15" s="41"/>
+      <c r="G15" s="121" t="s">
+        <v>2</v>
+      </c>
+      <c r="H15" s="122" t="s">
         <v>3</v>
       </c>
-      <c r="C12" s="56" t="s">
-[...57 lines deleted...]
-      <c r="K15" s="45"/>
+      <c r="I15" s="41"/>
+      <c r="J15" s="58"/>
+      <c r="K15" s="41"/>
       <c r="L15" s="9"/>
     </row>
-    <row r="16" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G16" s="126" t="s">
+    <row r="16" spans="1:12" ht="15">
+      <c r="A16" s="42"/>
+      <c r="B16" s="54"/>
+      <c r="C16" s="50"/>
+      <c r="D16" s="50"/>
+      <c r="E16" s="50"/>
+      <c r="F16" s="50"/>
+      <c r="G16" s="118" t="s">
+        <v>25</v>
+      </c>
+      <c r="H16" s="118" t="s">
         <v>26</v>
       </c>
-      <c r="H16" s="126" t="s">
-[...2 lines deleted...]
-      <c r="I16" s="59" t="s">
+      <c r="I16" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="J16" s="63"/>
-      <c r="K16" s="46"/>
+      <c r="J16" s="59"/>
+      <c r="K16" s="42"/>
       <c r="L16" s="10"/>
     </row>
-    <row r="17" spans="1:12" ht="25" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-        <f>'Bepaal beheersing (CSA)'!B90</f>
+    <row r="17" spans="1:12" ht="25">
+      <c r="A17" s="42"/>
+      <c r="B17" s="47" t="str">
+        <f>'Bepaal beheersing (CSA)'!B74</f>
         <v>Organisatie &amp; Governance</v>
       </c>
       <c r="C17" s="11"/>
       <c r="D17" s="11"/>
       <c r="E17" s="11"/>
       <c r="F17" s="11"/>
-      <c r="G17" s="27"/>
-      <c r="H17" s="27"/>
+      <c r="G17" s="23"/>
+      <c r="H17" s="23"/>
       <c r="I17" s="14" t="s">
-        <v>158</v>
-[...1 lines deleted...]
-      <c r="J17" s="120" t="s">
+        <v>95</v>
+      </c>
+      <c r="J17" s="112" t="s">
         <v>6</v>
       </c>
-      <c r="K17" s="46" t="s">
+      <c r="K17" s="42" t="s">
         <v>5</v>
       </c>
       <c r="L17" s="10"/>
     </row>
-    <row r="18" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B18" s="53">
+    <row r="18" spans="1:12" ht="15">
+      <c r="A18" s="42"/>
+      <c r="B18" s="49">
         <v>1</v>
       </c>
-      <c r="C18" s="232" t="s">
-[...7 lines deleted...]
-      <c r="I18" s="60" t="s">
+      <c r="C18" s="40" t="s">
+        <v>273</v>
+      </c>
+      <c r="D18" s="57"/>
+      <c r="E18" s="57"/>
+      <c r="F18" s="57"/>
+      <c r="G18" s="57"/>
+      <c r="H18" s="57"/>
+      <c r="I18" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J18" s="61"/>
+      <c r="K18" s="42"/>
+      <c r="L18" s="117" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15">
+      <c r="A19" s="42"/>
+      <c r="B19" s="49">
+        <v>2</v>
+      </c>
+      <c r="C19" s="40" t="s">
+        <v>274</v>
+      </c>
+      <c r="D19" s="57"/>
+      <c r="E19" s="57"/>
+      <c r="F19" s="57"/>
+      <c r="G19" s="57"/>
+      <c r="H19" s="57"/>
+      <c r="I19" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J19" s="61"/>
+      <c r="K19" s="42"/>
+      <c r="L19" s="117" t="s">
         <v>26</v>
       </c>
-      <c r="J18" s="65"/>
-[...1 lines deleted...]
-      <c r="L18" s="125" t="s">
+    </row>
+    <row r="20" spans="1:12" ht="15">
+      <c r="A20" s="42"/>
+      <c r="B20" s="49">
+        <v>3</v>
+      </c>
+      <c r="C20" s="40" t="s">
+        <v>275</v>
+      </c>
+      <c r="D20" s="57"/>
+      <c r="E20" s="57"/>
+      <c r="F20" s="57"/>
+      <c r="G20" s="57"/>
+      <c r="H20" s="57"/>
+      <c r="I20" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J20" s="61"/>
+      <c r="K20" s="42"/>
+      <c r="L20" s="10"/>
+    </row>
+    <row r="21" spans="1:12" ht="15">
+      <c r="A21" s="42"/>
+      <c r="B21" s="49">
+        <v>4</v>
+      </c>
+      <c r="C21" s="40" t="s">
+        <v>276</v>
+      </c>
+      <c r="D21" s="57"/>
+      <c r="E21" s="57"/>
+      <c r="F21" s="57"/>
+      <c r="G21" s="57"/>
+      <c r="H21" s="57"/>
+      <c r="I21" s="56" t="s">
         <v>26</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="I19" s="60" t="s">
+      <c r="J21" s="61"/>
+      <c r="K21" s="42"/>
+      <c r="L21" s="10"/>
+    </row>
+    <row r="22" spans="1:12" ht="15">
+      <c r="A22" s="42"/>
+      <c r="B22" s="49">
+        <v>5</v>
+      </c>
+      <c r="C22" s="40" t="s">
+        <v>277</v>
+      </c>
+      <c r="D22" s="57"/>
+      <c r="E22" s="57"/>
+      <c r="F22" s="57"/>
+      <c r="G22" s="57"/>
+      <c r="H22" s="57"/>
+      <c r="I22" s="56" t="s">
         <v>26</v>
       </c>
-      <c r="J19" s="65"/>
-[...18 lines deleted...]
-      <c r="I20" s="60" t="s">
+      <c r="J22" s="61"/>
+      <c r="K22" s="42"/>
+      <c r="L22" s="10"/>
+    </row>
+    <row r="23" spans="1:12" ht="15">
+      <c r="A23" s="42"/>
+      <c r="B23" s="49">
+        <v>6</v>
+      </c>
+      <c r="C23" s="40" t="s">
+        <v>313</v>
+      </c>
+      <c r="D23" s="57"/>
+      <c r="E23" s="57"/>
+      <c r="F23" s="57"/>
+      <c r="G23" s="57"/>
+      <c r="H23" s="57"/>
+      <c r="I23" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J23" s="61"/>
+      <c r="K23" s="42"/>
+      <c r="L23" s="10"/>
+    </row>
+    <row r="24" spans="1:12" ht="15">
+      <c r="A24" s="42"/>
+      <c r="B24" s="49">
+        <v>7</v>
+      </c>
+      <c r="C24" s="40" t="s">
+        <v>278</v>
+      </c>
+      <c r="D24" s="57"/>
+      <c r="E24" s="57"/>
+      <c r="F24" s="57"/>
+      <c r="G24" s="57"/>
+      <c r="H24" s="57"/>
+      <c r="I24" s="56" t="s">
         <v>26</v>
       </c>
-      <c r="J20" s="65"/>
-[...16 lines deleted...]
-      <c r="I21" s="60" t="s">
+      <c r="J24" s="61"/>
+      <c r="K24" s="42"/>
+      <c r="L24" s="10"/>
+    </row>
+    <row r="25" spans="1:12" ht="15">
+      <c r="A25" s="42"/>
+      <c r="B25" s="49">
+        <v>8</v>
+      </c>
+      <c r="C25" s="40" t="s">
+        <v>279</v>
+      </c>
+      <c r="D25" s="57"/>
+      <c r="E25" s="57"/>
+      <c r="F25" s="57"/>
+      <c r="G25" s="57"/>
+      <c r="H25" s="57"/>
+      <c r="I25" s="56" t="s">
         <v>26</v>
       </c>
-      <c r="J21" s="65"/>
-[...5 lines deleted...]
-      <c r="B22" s="53">
+      <c r="J25" s="61"/>
+      <c r="K25" s="42"/>
+      <c r="L25" s="10"/>
+    </row>
+    <row r="26" spans="1:12" ht="15">
+      <c r="A26" s="42"/>
+      <c r="B26" s="44"/>
+      <c r="C26" s="40"/>
+      <c r="D26" s="40"/>
+      <c r="E26" s="40"/>
+      <c r="F26" s="40"/>
+      <c r="G26" s="40"/>
+      <c r="H26" s="68" t="s">
+        <v>1</v>
+      </c>
+      <c r="I26" s="72">
+        <f>ROUND(COUNTIF(I18:I25,"ja")*10/8,0)</f>
         <v>5</v>
       </c>
-      <c r="C22" s="232" t="s">
-[...90 lines deleted...]
-      <c r="K26" s="46"/>
+      <c r="J26" s="114"/>
+      <c r="K26" s="42"/>
       <c r="L26" s="10" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="27" spans="1:12" ht="25" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-        <f>'Bepaal beheersing (CSA)'!B91</f>
+    <row r="27" spans="1:12" ht="25">
+      <c r="A27" s="42"/>
+      <c r="B27" s="48" t="str">
+        <f>'Bepaal beheersing (CSA)'!B75</f>
         <v>Gedrag &amp; Cultuur</v>
       </c>
-      <c r="C27" s="27"/>
-[...8 lines deleted...]
-      <c r="J27" s="121" t="s">
+      <c r="C27" s="23"/>
+      <c r="D27" s="23"/>
+      <c r="E27" s="23"/>
+      <c r="F27" s="23"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="23"/>
+      <c r="I27" s="71" t="s">
+        <v>95</v>
+      </c>
+      <c r="J27" s="113" t="s">
         <v>6</v>
       </c>
-      <c r="K27" s="46"/>
+      <c r="K27" s="42"/>
       <c r="L27" s="10"/>
     </row>
-    <row r="28" spans="1:12" ht="15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B28" s="53">
+    <row r="28" spans="1:12" ht="15">
+      <c r="A28" s="42"/>
+      <c r="B28" s="49">
         <v>1</v>
       </c>
-      <c r="C28" s="232" t="s">
-[...7 lines deleted...]
-      <c r="I28" s="60" t="s">
+      <c r="C28" s="40" t="s">
+        <v>280</v>
+      </c>
+      <c r="D28" s="57"/>
+      <c r="E28" s="57"/>
+      <c r="F28" s="57"/>
+      <c r="G28" s="57"/>
+      <c r="H28" s="57"/>
+      <c r="I28" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J28" s="60"/>
+      <c r="K28" s="42"/>
+      <c r="L28" s="10"/>
+    </row>
+    <row r="29" spans="1:12" ht="15">
+      <c r="A29" s="42"/>
+      <c r="B29" s="49">
+        <v>2</v>
+      </c>
+      <c r="C29" s="40" t="s">
+        <v>162</v>
+      </c>
+      <c r="D29" s="57"/>
+      <c r="E29" s="57"/>
+      <c r="F29" s="57"/>
+      <c r="G29" s="57"/>
+      <c r="H29" s="57"/>
+      <c r="I29" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J29" s="60"/>
+      <c r="K29" s="42"/>
+      <c r="L29" s="10"/>
+    </row>
+    <row r="30" spans="1:12" ht="15">
+      <c r="A30" s="42"/>
+      <c r="B30" s="49">
+        <v>3</v>
+      </c>
+      <c r="C30" s="40" t="s">
+        <v>281</v>
+      </c>
+      <c r="D30" s="57"/>
+      <c r="E30" s="57"/>
+      <c r="F30" s="57"/>
+      <c r="G30" s="57"/>
+      <c r="H30" s="57"/>
+      <c r="I30" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J30" s="60"/>
+      <c r="K30" s="42"/>
+      <c r="L30" s="10"/>
+    </row>
+    <row r="31" spans="1:12" ht="15">
+      <c r="A31" s="42"/>
+      <c r="B31" s="49">
+        <v>4</v>
+      </c>
+      <c r="C31" s="40" t="s">
+        <v>163</v>
+      </c>
+      <c r="D31" s="57"/>
+      <c r="E31" s="57"/>
+      <c r="F31" s="57"/>
+      <c r="G31" s="57"/>
+      <c r="H31" s="57"/>
+      <c r="I31" s="56" t="s">
         <v>26</v>
       </c>
-      <c r="J28" s="64"/>
-[...5 lines deleted...]
-      <c r="B29" s="53">
+      <c r="J31" s="60"/>
+      <c r="K31" s="42"/>
+      <c r="L31" s="10"/>
+    </row>
+    <row r="32" spans="1:12" ht="15">
+      <c r="A32" s="42"/>
+      <c r="B32" s="49">
+        <v>5</v>
+      </c>
+      <c r="C32" s="40" t="s">
+        <v>282</v>
+      </c>
+      <c r="D32" s="57"/>
+      <c r="E32" s="57"/>
+      <c r="F32" s="57"/>
+      <c r="G32" s="57"/>
+      <c r="H32" s="57"/>
+      <c r="I32" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J32" s="60"/>
+      <c r="K32" s="42"/>
+      <c r="L32" s="10"/>
+    </row>
+    <row r="33" spans="1:12" ht="15">
+      <c r="A33" s="42"/>
+      <c r="B33" s="49">
+        <v>6</v>
+      </c>
+      <c r="C33" s="40" t="s">
+        <v>283</v>
+      </c>
+      <c r="D33" s="57"/>
+      <c r="E33" s="57"/>
+      <c r="F33" s="57"/>
+      <c r="G33" s="57"/>
+      <c r="H33" s="57"/>
+      <c r="I33" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J33" s="60"/>
+      <c r="K33" s="42"/>
+      <c r="L33" s="10"/>
+    </row>
+    <row r="34" spans="1:12" ht="15">
+      <c r="A34" s="42"/>
+      <c r="B34" s="44"/>
+      <c r="C34" s="40"/>
+      <c r="D34" s="40"/>
+      <c r="E34" s="40"/>
+      <c r="F34" s="40"/>
+      <c r="G34" s="40"/>
+      <c r="H34" s="68" t="s">
+        <v>1</v>
+      </c>
+      <c r="I34" s="72">
+        <f>ROUND(COUNTIF(I28:I33,"ja")*10/6,0)</f>
+        <v>5</v>
+      </c>
+      <c r="J34" s="114"/>
+      <c r="K34" s="42"/>
+      <c r="L34" s="10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" ht="25">
+      <c r="A35" s="42"/>
+      <c r="B35" s="48" t="str">
+        <f>'Bepaal beheersing (CSA)'!B76</f>
+        <v>Waardeketen (stakeholders) versus risico's</v>
+      </c>
+      <c r="C35" s="23"/>
+      <c r="D35" s="23"/>
+      <c r="E35" s="23"/>
+      <c r="F35" s="23"/>
+      <c r="G35" s="23"/>
+      <c r="H35" s="23"/>
+      <c r="I35" s="71" t="s">
+        <v>95</v>
+      </c>
+      <c r="J35" s="113" t="s">
+        <v>6</v>
+      </c>
+      <c r="K35" s="42"/>
+      <c r="L35" s="10"/>
+    </row>
+    <row r="36" spans="1:12" ht="15">
+      <c r="A36" s="42"/>
+      <c r="B36" s="49">
+        <v>1</v>
+      </c>
+      <c r="C36" s="40" t="s">
+        <v>284</v>
+      </c>
+      <c r="D36" s="57"/>
+      <c r="E36" s="57"/>
+      <c r="F36" s="57"/>
+      <c r="G36" s="57"/>
+      <c r="H36" s="57"/>
+      <c r="I36" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J36" s="61"/>
+      <c r="K36" s="42"/>
+      <c r="L36" s="10"/>
+    </row>
+    <row r="37" spans="1:12" ht="15">
+      <c r="A37" s="42"/>
+      <c r="B37" s="49">
         <v>2</v>
       </c>
-      <c r="C29" s="232" t="s">
-[...16 lines deleted...]
-      <c r="B30" s="53">
+      <c r="C37" s="40" t="s">
+        <v>288</v>
+      </c>
+      <c r="D37" s="57"/>
+      <c r="E37" s="57"/>
+      <c r="F37" s="57"/>
+      <c r="G37" s="57"/>
+      <c r="H37" s="57"/>
+      <c r="I37" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J37" s="61"/>
+      <c r="K37" s="42"/>
+      <c r="L37" s="10"/>
+    </row>
+    <row r="38" spans="1:12" ht="15">
+      <c r="A38" s="42"/>
+      <c r="B38" s="49">
         <v>3</v>
       </c>
-      <c r="C30" s="232" t="s">
-[...7 lines deleted...]
-      <c r="I30" s="60" t="s">
+      <c r="C38" s="40" t="s">
+        <v>285</v>
+      </c>
+      <c r="D38" s="57"/>
+      <c r="E38" s="57"/>
+      <c r="F38" s="57"/>
+      <c r="G38" s="57"/>
+      <c r="H38" s="57"/>
+      <c r="I38" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J38" s="61"/>
+      <c r="K38" s="42"/>
+      <c r="L38" s="10"/>
+    </row>
+    <row r="39" spans="1:12" ht="15">
+      <c r="A39" s="42"/>
+      <c r="B39" s="49">
+        <v>4</v>
+      </c>
+      <c r="C39" s="40" t="s">
+        <v>286</v>
+      </c>
+      <c r="D39" s="57"/>
+      <c r="E39" s="57"/>
+      <c r="F39" s="57"/>
+      <c r="G39" s="57"/>
+      <c r="H39" s="57"/>
+      <c r="I39" s="56" t="s">
         <v>26</v>
       </c>
-      <c r="J30" s="64"/>
-[...5 lines deleted...]
-      <c r="B31" s="53">
+      <c r="J39" s="61"/>
+      <c r="K39" s="42"/>
+      <c r="L39" s="10"/>
+    </row>
+    <row r="40" spans="1:12" ht="15">
+      <c r="A40" s="42"/>
+      <c r="B40" s="49">
+        <v>5</v>
+      </c>
+      <c r="C40" s="40" t="s">
+        <v>287</v>
+      </c>
+      <c r="D40" s="57"/>
+      <c r="E40" s="57"/>
+      <c r="F40" s="57"/>
+      <c r="G40" s="57"/>
+      <c r="H40" s="57"/>
+      <c r="I40" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J40" s="61"/>
+      <c r="K40" s="42"/>
+      <c r="L40" s="10"/>
+    </row>
+    <row r="41" spans="1:12" ht="15">
+      <c r="A41" s="42"/>
+      <c r="B41" s="44" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" s="40"/>
+      <c r="D41" s="40"/>
+      <c r="E41" s="40"/>
+      <c r="F41" s="40"/>
+      <c r="G41" s="40"/>
+      <c r="H41" s="68" t="s">
+        <v>1</v>
+      </c>
+      <c r="I41" s="72">
+        <f>ROUND(COUNTIF(I36:I40,"ja")*10/5,0)</f>
+        <v>6</v>
+      </c>
+      <c r="J41" s="114"/>
+      <c r="K41" s="42"/>
+      <c r="L41" s="10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:12" ht="25">
+      <c r="A42" s="42"/>
+      <c r="B42" s="48" t="str">
+        <f>'Bepaal beheersing (CSA)'!B77</f>
+        <v>Inzicht in technologielandschap</v>
+      </c>
+      <c r="C42" s="23"/>
+      <c r="D42" s="23"/>
+      <c r="E42" s="23"/>
+      <c r="F42" s="23"/>
+      <c r="G42" s="23"/>
+      <c r="H42" s="23"/>
+      <c r="I42" s="71" t="s">
+        <v>95</v>
+      </c>
+      <c r="J42" s="113" t="s">
+        <v>6</v>
+      </c>
+      <c r="K42" s="42"/>
+      <c r="L42" s="10"/>
+    </row>
+    <row r="43" spans="1:12" ht="15">
+      <c r="A43" s="42"/>
+      <c r="B43" s="49">
+        <v>1</v>
+      </c>
+      <c r="C43" s="40" t="s">
+        <v>289</v>
+      </c>
+      <c r="D43" s="57"/>
+      <c r="E43" s="57"/>
+      <c r="F43" s="57"/>
+      <c r="G43" s="57"/>
+      <c r="H43" s="57"/>
+      <c r="I43" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J43" s="61"/>
+      <c r="K43" s="42"/>
+      <c r="L43" s="10"/>
+    </row>
+    <row r="44" spans="1:12" ht="15">
+      <c r="A44" s="42"/>
+      <c r="B44" s="49">
+        <v>2</v>
+      </c>
+      <c r="C44" s="40" t="s">
+        <v>164</v>
+      </c>
+      <c r="D44" s="40"/>
+      <c r="E44" s="40"/>
+      <c r="F44" s="40"/>
+      <c r="G44" s="40"/>
+      <c r="H44" s="40"/>
+      <c r="I44" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J44" s="61"/>
+      <c r="K44" s="42"/>
+      <c r="L44" s="10"/>
+    </row>
+    <row r="45" spans="1:12" ht="15">
+      <c r="A45" s="42"/>
+      <c r="B45" s="49">
+        <v>3</v>
+      </c>
+      <c r="C45" s="40" t="s">
+        <v>290</v>
+      </c>
+      <c r="D45" s="57"/>
+      <c r="E45" s="57"/>
+      <c r="F45" s="57"/>
+      <c r="G45" s="57"/>
+      <c r="H45" s="57"/>
+      <c r="I45" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J45" s="61"/>
+      <c r="K45" s="42"/>
+      <c r="L45" s="10"/>
+    </row>
+    <row r="46" spans="1:12" ht="15">
+      <c r="A46" s="42"/>
+      <c r="B46" s="49">
         <v>4</v>
       </c>
-      <c r="C31" s="232" t="s">
-[...7 lines deleted...]
-      <c r="I31" s="60" t="s">
+      <c r="C46" s="40" t="s">
+        <v>165</v>
+      </c>
+      <c r="D46" s="57"/>
+      <c r="E46" s="57"/>
+      <c r="F46" s="57"/>
+      <c r="G46" s="57"/>
+      <c r="H46" s="57"/>
+      <c r="I46" s="56" t="s">
         <v>26</v>
       </c>
-      <c r="J31" s="64"/>
-[...5 lines deleted...]
-      <c r="B32" s="53">
+      <c r="J46" s="61"/>
+      <c r="K46" s="42"/>
+      <c r="L46" s="10"/>
+    </row>
+    <row r="47" spans="1:12" ht="15">
+      <c r="A47" s="42"/>
+      <c r="B47" s="49">
         <v>5</v>
       </c>
-      <c r="C32" s="232" t="s">
-[...16 lines deleted...]
-      <c r="B33" s="53">
+      <c r="C47" s="40" t="s">
+        <v>291</v>
+      </c>
+      <c r="D47" s="57"/>
+      <c r="E47" s="57"/>
+      <c r="F47" s="57"/>
+      <c r="G47" s="57"/>
+      <c r="H47" s="57"/>
+      <c r="I47" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J47" s="61"/>
+      <c r="K47" s="42"/>
+      <c r="L47" s="10"/>
+    </row>
+    <row r="48" spans="1:12" ht="15">
+      <c r="A48" s="42"/>
+      <c r="B48" s="44" t="s">
+        <v>17</v>
+      </c>
+      <c r="C48" s="40"/>
+      <c r="D48" s="40"/>
+      <c r="E48" s="40"/>
+      <c r="F48" s="40"/>
+      <c r="G48" s="40"/>
+      <c r="H48" s="68" t="s">
+        <v>1</v>
+      </c>
+      <c r="I48" s="72">
+        <f>ROUND(COUNTIF(I43:I47,"ja")*10/5,0)</f>
         <v>6</v>
       </c>
-      <c r="C33" s="232" t="s">
-[...7 lines deleted...]
-      <c r="I33" s="60" t="s">
+      <c r="J48" s="114"/>
+      <c r="K48" s="42"/>
+      <c r="L48" s="10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="25">
+      <c r="A49" s="42"/>
+      <c r="B49" s="48" t="str">
+        <f>'Bepaal beheersing (CSA)'!B78</f>
+        <v>Wet- en regelgeving</v>
+      </c>
+      <c r="C49" s="23"/>
+      <c r="D49" s="23"/>
+      <c r="E49" s="23"/>
+      <c r="F49" s="23"/>
+      <c r="G49" s="23"/>
+      <c r="H49" s="23"/>
+      <c r="I49" s="71" t="s">
+        <v>95</v>
+      </c>
+      <c r="J49" s="113" t="s">
+        <v>6</v>
+      </c>
+      <c r="K49" s="42"/>
+      <c r="L49" s="10"/>
+    </row>
+    <row r="50" spans="1:12" ht="15">
+      <c r="A50" s="42"/>
+      <c r="B50" s="49">
+        <v>1</v>
+      </c>
+      <c r="C50" s="40" t="s">
+        <v>166</v>
+      </c>
+      <c r="D50" s="57"/>
+      <c r="E50" s="57"/>
+      <c r="F50" s="57"/>
+      <c r="G50" s="57"/>
+      <c r="H50" s="57"/>
+      <c r="I50" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J50" s="61"/>
+      <c r="K50" s="42"/>
+      <c r="L50" s="10"/>
+    </row>
+    <row r="51" spans="1:12" ht="15">
+      <c r="A51" s="42"/>
+      <c r="B51" s="49">
+        <v>2</v>
+      </c>
+      <c r="C51" s="40" t="s">
+        <v>292</v>
+      </c>
+      <c r="D51" s="57"/>
+      <c r="E51" s="57"/>
+      <c r="F51" s="57"/>
+      <c r="G51" s="57"/>
+      <c r="H51" s="57"/>
+      <c r="I51" s="56" t="s">
         <v>26</v>
       </c>
-      <c r="J33" s="64"/>
-[...5 lines deleted...]
-      <c r="B34" s="53">
+      <c r="J51" s="61"/>
+      <c r="K51" s="42"/>
+      <c r="L51" s="10"/>
+    </row>
+    <row r="52" spans="1:12" ht="15">
+      <c r="A52" s="42"/>
+      <c r="B52" s="49">
+        <v>3</v>
+      </c>
+      <c r="C52" s="40" t="s">
+        <v>294</v>
+      </c>
+      <c r="D52" s="40"/>
+      <c r="E52" s="40"/>
+      <c r="F52" s="40"/>
+      <c r="G52" s="40"/>
+      <c r="H52" s="40"/>
+      <c r="I52" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J52" s="61"/>
+      <c r="K52" s="42"/>
+      <c r="L52" s="10"/>
+    </row>
+    <row r="53" spans="1:12" ht="15">
+      <c r="A53" s="42"/>
+      <c r="B53" s="49">
+        <v>4</v>
+      </c>
+      <c r="C53" s="40" t="s">
+        <v>167</v>
+      </c>
+      <c r="D53" s="40"/>
+      <c r="E53" s="40"/>
+      <c r="F53" s="40"/>
+      <c r="G53" s="40"/>
+      <c r="H53" s="40"/>
+      <c r="I53" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J53" s="61"/>
+      <c r="K53" s="42"/>
+      <c r="L53" s="10"/>
+    </row>
+    <row r="54" spans="1:12" ht="15">
+      <c r="A54" s="42"/>
+      <c r="B54" s="49">
+        <v>5</v>
+      </c>
+      <c r="C54" s="40" t="s">
+        <v>293</v>
+      </c>
+      <c r="D54" s="40"/>
+      <c r="E54" s="40"/>
+      <c r="F54" s="40"/>
+      <c r="G54" s="40"/>
+      <c r="H54" s="40"/>
+      <c r="I54" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J54" s="61"/>
+      <c r="K54" s="42"/>
+      <c r="L54" s="10"/>
+    </row>
+    <row r="55" spans="1:12" ht="15">
+      <c r="A55" s="42"/>
+      <c r="B55" s="44"/>
+      <c r="C55" s="40"/>
+      <c r="D55" s="40"/>
+      <c r="E55" s="40"/>
+      <c r="F55" s="40"/>
+      <c r="G55" s="40"/>
+      <c r="H55" s="68" t="s">
+        <v>1</v>
+      </c>
+      <c r="I55" s="72">
+        <f>ROUND(COUNTIF(I50:I54,"ja")*10/5,0)</f>
+        <v>2</v>
+      </c>
+      <c r="J55" s="114"/>
+      <c r="K55" s="42"/>
+      <c r="L55" s="10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:12" ht="25">
+      <c r="A56" s="42"/>
+      <c r="B56" s="48" t="str">
+        <f>'Bepaal beheersing (CSA)'!B79</f>
+        <v>Detectie</v>
+      </c>
+      <c r="C56" s="23"/>
+      <c r="D56" s="23"/>
+      <c r="E56" s="23"/>
+      <c r="F56" s="23"/>
+      <c r="G56" s="23"/>
+      <c r="H56" s="23"/>
+      <c r="I56" s="71" t="s">
+        <v>95</v>
+      </c>
+      <c r="J56" s="113" t="s">
+        <v>6</v>
+      </c>
+      <c r="K56" s="42"/>
+      <c r="L56" s="10"/>
+    </row>
+    <row r="57" spans="1:12" ht="15">
+      <c r="A57" s="42"/>
+      <c r="B57" s="49">
+        <v>1</v>
+      </c>
+      <c r="C57" s="40" t="s">
+        <v>295</v>
+      </c>
+      <c r="I57" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J57" s="61"/>
+      <c r="K57" s="42"/>
+      <c r="L57" s="10"/>
+    </row>
+    <row r="58" spans="1:12" ht="15">
+      <c r="A58" s="42"/>
+      <c r="B58" s="49">
+        <v>2</v>
+      </c>
+      <c r="C58" s="40" t="s">
+        <v>168</v>
+      </c>
+      <c r="D58" s="57"/>
+      <c r="E58" s="57"/>
+      <c r="F58" s="57"/>
+      <c r="G58" s="57"/>
+      <c r="H58" s="57"/>
+      <c r="I58" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J58" s="61"/>
+      <c r="K58" s="42"/>
+      <c r="L58" s="10"/>
+    </row>
+    <row r="59" spans="1:12" ht="15">
+      <c r="A59" s="42"/>
+      <c r="B59" s="49">
+        <v>3</v>
+      </c>
+      <c r="C59" s="40" t="s">
+        <v>296</v>
+      </c>
+      <c r="D59" s="57"/>
+      <c r="E59" s="57"/>
+      <c r="F59" s="57"/>
+      <c r="G59" s="57"/>
+      <c r="H59" s="57"/>
+      <c r="I59" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J59" s="61"/>
+      <c r="K59" s="42"/>
+      <c r="L59" s="10"/>
+    </row>
+    <row r="60" spans="1:12" ht="15">
+      <c r="A60" s="42"/>
+      <c r="B60" s="49">
+        <v>4</v>
+      </c>
+      <c r="C60" s="40" t="s">
+        <v>297</v>
+      </c>
+      <c r="D60" s="57"/>
+      <c r="E60" s="57"/>
+      <c r="F60" s="57"/>
+      <c r="G60" s="57"/>
+      <c r="H60" s="57"/>
+      <c r="I60" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J60" s="61"/>
+      <c r="K60" s="42"/>
+      <c r="L60" s="10"/>
+    </row>
+    <row r="61" spans="1:12" ht="15">
+      <c r="A61" s="42"/>
+      <c r="B61" s="49">
+        <v>5</v>
+      </c>
+      <c r="C61" s="40" t="s">
+        <v>298</v>
+      </c>
+      <c r="D61" s="57"/>
+      <c r="E61" s="57"/>
+      <c r="F61" s="57"/>
+      <c r="G61" s="57"/>
+      <c r="H61" s="57"/>
+      <c r="I61" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J61" s="61"/>
+      <c r="K61" s="42"/>
+      <c r="L61" s="10"/>
+    </row>
+    <row r="62" spans="1:12" ht="15">
+      <c r="A62" s="42"/>
+      <c r="B62" s="44"/>
+      <c r="C62" s="40"/>
+      <c r="D62" s="40"/>
+      <c r="E62" s="40"/>
+      <c r="F62" s="40"/>
+      <c r="G62" s="40"/>
+      <c r="H62" s="68" t="s">
+        <v>1</v>
+      </c>
+      <c r="I62" s="72">
+        <f>ROUND(COUNTIF(I57:I61,"ja")*10/5,0)</f>
+        <v>2</v>
+      </c>
+      <c r="J62" s="61"/>
+      <c r="K62" s="42"/>
+      <c r="L62" s="10"/>
+    </row>
+    <row r="63" spans="1:12" ht="25">
+      <c r="A63" s="42"/>
+      <c r="B63" s="48" t="str">
+        <f>'Bepaal beheersing (CSA)'!B80</f>
+        <v>Reactie &amp; Herstel</v>
+      </c>
+      <c r="C63" s="23"/>
+      <c r="D63" s="23"/>
+      <c r="E63" s="23"/>
+      <c r="F63" s="23"/>
+      <c r="G63" s="23"/>
+      <c r="H63" s="23"/>
+      <c r="I63" s="71" t="s">
+        <v>95</v>
+      </c>
+      <c r="J63" s="113" t="s">
+        <v>6</v>
+      </c>
+      <c r="K63" s="42"/>
+      <c r="L63" s="10"/>
+    </row>
+    <row r="64" spans="1:12" ht="15">
+      <c r="A64" s="42"/>
+      <c r="B64" s="49">
+        <v>1</v>
+      </c>
+      <c r="C64" s="40" t="s">
+        <v>299</v>
+      </c>
+      <c r="D64" s="57"/>
+      <c r="E64" s="57"/>
+      <c r="F64" s="57"/>
+      <c r="G64" s="57"/>
+      <c r="H64" s="57"/>
+      <c r="I64" s="56" t="s">
+        <v>25</v>
+      </c>
+      <c r="J64" s="61"/>
+      <c r="K64" s="42"/>
+      <c r="L64" s="10"/>
+    </row>
+    <row r="65" spans="1:12" ht="15">
+      <c r="A65" s="42"/>
+      <c r="B65" s="49">
+        <v>2</v>
+      </c>
+      <c r="C65" s="40" t="s">
+        <v>170</v>
+      </c>
+      <c r="D65" s="57"/>
+      <c r="E65" s="57"/>
+      <c r="F65" s="57"/>
+      <c r="G65" s="57"/>
+      <c r="H65" s="57"/>
+      <c r="I65" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J65" s="61"/>
+      <c r="K65" s="42"/>
+      <c r="L65" s="10"/>
+    </row>
+    <row r="66" spans="1:12" ht="15">
+      <c r="A66" s="42"/>
+      <c r="B66" s="49">
+        <v>3</v>
+      </c>
+      <c r="C66" s="40" t="s">
+        <v>171</v>
+      </c>
+      <c r="D66" s="174"/>
+      <c r="E66" s="174"/>
+      <c r="F66" s="174"/>
+      <c r="G66" s="174"/>
+      <c r="H66" s="174"/>
+      <c r="I66" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J66" s="61"/>
+      <c r="K66" s="42"/>
+      <c r="L66" s="10"/>
+    </row>
+    <row r="67" spans="1:12" ht="15">
+      <c r="A67" s="42"/>
+      <c r="B67" s="49">
+        <v>4</v>
+      </c>
+      <c r="C67" s="40" t="s">
+        <v>172</v>
+      </c>
+      <c r="D67" s="174"/>
+      <c r="E67" s="174"/>
+      <c r="F67" s="174"/>
+      <c r="G67" s="174"/>
+      <c r="H67" s="174"/>
+      <c r="I67" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J67" s="61"/>
+      <c r="K67" s="42"/>
+      <c r="L67" s="10"/>
+    </row>
+    <row r="68" spans="1:12" ht="15">
+      <c r="A68" s="42"/>
+      <c r="B68" s="49">
+        <v>5</v>
+      </c>
+      <c r="C68" s="40" t="s">
+        <v>300</v>
+      </c>
+      <c r="D68" s="57"/>
+      <c r="E68" s="57"/>
+      <c r="F68" s="57"/>
+      <c r="G68" s="57"/>
+      <c r="H68" s="57"/>
+      <c r="I68" s="56" t="s">
+        <v>26</v>
+      </c>
+      <c r="J68" s="61"/>
+      <c r="K68" s="42"/>
+      <c r="L68" s="10"/>
+    </row>
+    <row r="69" spans="1:12" ht="15">
+      <c r="A69" s="42"/>
+      <c r="B69" s="51"/>
+      <c r="C69" s="62"/>
+      <c r="D69" s="62"/>
+      <c r="E69" s="62"/>
+      <c r="F69" s="62"/>
+      <c r="G69" s="62"/>
+      <c r="H69" s="69" t="s">
+        <v>1</v>
+      </c>
+      <c r="I69" s="70">
+        <f>ROUND(COUNTIF(I64:I68,"ja")*10/5,0)</f>
+        <v>2</v>
+      </c>
+      <c r="J69" s="91"/>
+      <c r="K69" s="42"/>
+      <c r="L69" s="10"/>
+    </row>
+    <row r="70" spans="1:12" ht="15">
+      <c r="A70" s="41"/>
+      <c r="B70" s="63"/>
+      <c r="C70" s="64"/>
+      <c r="D70" s="64"/>
+      <c r="E70" s="64"/>
+      <c r="F70" s="64"/>
+      <c r="G70" s="64"/>
+      <c r="H70" s="64"/>
+      <c r="I70" s="64"/>
+      <c r="J70" s="65"/>
+      <c r="K70" s="41"/>
+      <c r="L70" s="9"/>
+    </row>
+    <row r="71" spans="1:12" ht="18" customHeight="1">
+      <c r="A71" s="41"/>
+      <c r="B71" s="256" t="s">
+        <v>33</v>
+      </c>
+      <c r="C71" s="256"/>
+      <c r="D71" s="256"/>
+      <c r="E71" s="256"/>
+      <c r="F71" s="256"/>
+      <c r="G71" s="256"/>
+      <c r="H71" s="64"/>
+      <c r="I71" s="64"/>
+      <c r="J71" s="65"/>
+      <c r="K71" s="41"/>
+      <c r="L71" s="9"/>
+    </row>
+    <row r="72" spans="1:12" ht="15">
+      <c r="A72" s="41"/>
+      <c r="B72" s="256"/>
+      <c r="C72" s="256"/>
+      <c r="D72" s="256"/>
+      <c r="E72" s="256"/>
+      <c r="F72" s="256"/>
+      <c r="G72" s="256"/>
+      <c r="H72" s="64"/>
+      <c r="I72" s="64"/>
+      <c r="J72" s="65"/>
+      <c r="K72" s="41"/>
+      <c r="L72" s="9"/>
+    </row>
+    <row r="73" spans="1:12" ht="15">
+      <c r="A73" s="41"/>
+      <c r="B73" s="246" t="s">
+        <v>86</v>
+      </c>
+      <c r="C73" s="247"/>
+      <c r="D73" s="85" t="s">
+        <v>96</v>
+      </c>
+      <c r="E73" s="253" t="s">
+        <v>97</v>
+      </c>
+      <c r="F73" s="253"/>
+      <c r="G73" s="253"/>
+      <c r="H73" s="64"/>
+      <c r="I73" s="64"/>
+      <c r="J73" s="65"/>
+      <c r="K73" s="41"/>
+      <c r="L73" s="9"/>
+    </row>
+    <row r="74" spans="1:12" ht="55" customHeight="1">
+      <c r="A74" s="41"/>
+      <c r="B74" s="152" t="s">
         <v>7</v>
       </c>
-      <c r="C34" s="232" t="s">
-[...16 lines deleted...]
-      <c r="B35" s="53">
+      <c r="C74" s="153"/>
+      <c r="D74" s="89">
+        <f>I26</f>
+        <v>5</v>
+      </c>
+      <c r="E74" s="254" t="str">
+        <f>IF(D74&gt;=7,'Berekening standaarden'!C5,(IF(D74&lt;4,'Berekening standaarden'!C4,'Berekening standaarden'!C3)))</f>
+        <v>U lijkt uw risico's t.a.v. governance en organisatie niet volledig te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, DNB controls, CIS controls, CCM, NIS2 en IIA bieden hier handvatten voor.</v>
+      </c>
+      <c r="F74" s="254"/>
+      <c r="G74" s="255"/>
+      <c r="H74" s="64"/>
+      <c r="I74" s="64"/>
+      <c r="J74" s="65"/>
+      <c r="K74" s="41"/>
+      <c r="L74" s="9"/>
+    </row>
+    <row r="75" spans="1:12" ht="55" customHeight="1">
+      <c r="A75" s="41"/>
+      <c r="B75" s="154" t="s">
         <v>8</v>
       </c>
-      <c r="C35" s="232" t="s">
-[...16 lines deleted...]
-      <c r="B36" s="53">
+      <c r="C75" s="155"/>
+      <c r="D75" s="89">
+        <f>I34</f>
+        <v>5</v>
+      </c>
+      <c r="E75" s="250" t="str">
+        <f>IF(D75&gt;=7,'Berekening standaarden'!C5,(IF(D75&lt;4,'Berekening standaarden'!C7,'Berekening standaarden'!C6)))</f>
+        <v>U lijkt uw risico's t.a.v. gedrag en cultuur niet volledig te beheersen. De normen van NIST CSF, ISACA COBIT, CIS controls, CCM, NIS2 en  bieden hier handvatten voor.</v>
+      </c>
+      <c r="F75" s="250"/>
+      <c r="G75" s="251"/>
+      <c r="H75" s="64"/>
+      <c r="I75" s="64"/>
+      <c r="J75" s="65"/>
+      <c r="K75" s="41"/>
+      <c r="L75" s="9"/>
+    </row>
+    <row r="76" spans="1:12" ht="55" customHeight="1">
+      <c r="A76" s="41"/>
+      <c r="B76" s="154" t="s">
+        <v>19</v>
+      </c>
+      <c r="C76" s="155"/>
+      <c r="D76" s="89">
+        <f>I41</f>
+        <v>6</v>
+      </c>
+      <c r="E76" s="250" t="str">
+        <f>IF(D76&gt;=7,'Berekening standaarden'!C8,(IF(D76&lt;4,'Berekening standaarden'!C10,'Berekening standaarden'!C9)))</f>
+        <v>U lijkt uw risico's t.a.v. waardeketen en stakeholders niet volledig te beheersen. De normen van ISACA COBIT, DNB controls, PCI/DSS, CCM, NIS2 en IIA bieden hier handvatten voor.</v>
+      </c>
+      <c r="F76" s="250"/>
+      <c r="G76" s="251"/>
+      <c r="H76" s="64"/>
+      <c r="I76" s="64"/>
+      <c r="J76" s="65"/>
+      <c r="K76" s="41"/>
+      <c r="L76" s="9"/>
+    </row>
+    <row r="77" spans="1:12" ht="55" customHeight="1">
+      <c r="A77" s="41"/>
+      <c r="B77" s="154" t="s">
         <v>9</v>
       </c>
-      <c r="C36" s="232" t="s">
-[...16 lines deleted...]
-      <c r="B37" s="53">
+      <c r="C77" s="156"/>
+      <c r="D77" s="89">
+        <f>I48</f>
+        <v>6</v>
+      </c>
+      <c r="E77" s="250" t="str">
+        <f>IF(D77&gt;=7,'Berekening standaarden'!C11,(IF(D77&lt;4,'Berekening standaarden'!C13,'Berekening standaarden'!C12)))</f>
+        <v>U lijkt uw risico's t.a.v. technologielandschap niet volledig te beheersen. De normen van NIST CSF, ISACA COBIT, DNB controls, CIS controls, NIS2 en IIA bieden hier handvatten voor.</v>
+      </c>
+      <c r="F77" s="250"/>
+      <c r="G77" s="251"/>
+      <c r="H77" s="64"/>
+      <c r="I77" s="64"/>
+      <c r="J77" s="65"/>
+      <c r="K77" s="41"/>
+      <c r="L77" s="9"/>
+    </row>
+    <row r="78" spans="1:12" ht="55" customHeight="1">
+      <c r="A78" s="41"/>
+      <c r="B78" s="154" t="s">
+        <v>38</v>
+      </c>
+      <c r="C78" s="156"/>
+      <c r="D78" s="89">
+        <f>I55</f>
+        <v>2</v>
+      </c>
+      <c r="E78" s="250" t="str">
+        <f>IF(D78&gt;=7,'Berekening standaarden'!C14,(IF(D78&lt;4,'Berekening standaarden'!C16,'Berekening standaarden'!C15)))</f>
+        <v>U lijkt uw risico's t.a.v. wet- en regelgeving niet te beheersen. De normen van NIST CSF, ISACA COBIT, DNB controls, NIS2 en IIA bieden hier handvatten voor.</v>
+      </c>
+      <c r="F78" s="250"/>
+      <c r="G78" s="251"/>
+      <c r="H78" s="64"/>
+      <c r="I78" s="64"/>
+      <c r="J78" s="65"/>
+      <c r="K78" s="41"/>
+      <c r="L78" s="9"/>
+    </row>
+    <row r="79" spans="1:12" ht="55" customHeight="1">
+      <c r="A79" s="41"/>
+      <c r="B79" s="162" t="s">
         <v>10</v>
       </c>
-      <c r="C37" s="232" t="s">
-[...26 lines deleted...]
-        <f>ROUND(COUNTIF(I28:I37,"ja")*10/10,0)</f>
+      <c r="C79" s="150"/>
+      <c r="D79" s="89">
+        <f>I62</f>
+        <v>2</v>
+      </c>
+      <c r="E79" s="250" t="str">
+        <f>IF(D79&gt;=7,'Berekening standaarden'!C17,(IF(D79&lt;4,'Berekening standaarden'!C19,'Berekening standaarden'!C18)))</f>
+        <v>U lijkt uw risico's t.a.v. detectie niet te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, DNB controls, PCI/DSS en CIS controls, NIS2 en IIA bieden hier handvatten voor.</v>
+      </c>
+      <c r="F79" s="250"/>
+      <c r="G79" s="251"/>
+      <c r="H79" s="9"/>
+      <c r="I79" s="39"/>
+      <c r="J79" s="64"/>
+      <c r="K79" s="41"/>
+      <c r="L79" s="9"/>
+    </row>
+    <row r="80" spans="1:12" ht="55" customHeight="1">
+      <c r="A80" s="41"/>
+      <c r="B80" s="149" t="s">
+        <v>169</v>
+      </c>
+      <c r="C80" s="151"/>
+      <c r="D80" s="89">
+        <f>I69</f>
+        <v>2</v>
+      </c>
+      <c r="E80" s="252" t="str">
+        <f>IF(D80&gt;=7,'Berekening standaarden'!C20,(IF(D80&lt;4,'Berekening standaarden'!C22,'Berekening standaarden'!C21)))</f>
+        <v>U lijkt uw risico's t.a.v. reactie &amp; herstel niet te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, PCI/DSS, CIS controls, NIS2 en IIA bieden hier handvatten voor.</v>
+      </c>
+      <c r="F80" s="252"/>
+      <c r="G80" s="252"/>
+      <c r="H80" s="39"/>
+      <c r="I80" s="39"/>
+      <c r="J80" s="41"/>
+      <c r="K80" s="41"/>
+      <c r="L80" s="9"/>
+    </row>
+    <row r="81" spans="1:12" ht="55" customHeight="1">
+      <c r="A81" s="41"/>
+      <c r="B81" s="248" t="s">
+        <v>111</v>
+      </c>
+      <c r="C81" s="249"/>
+      <c r="D81" s="89">
+        <f>ROUND(AVERAGE(D74:D80),0)</f>
         <v>4</v>
       </c>
-      <c r="J38" s="122"/>
-[...966 lines deleted...]
-      <c r="K86" s="45"/>
+      <c r="E81" s="9"/>
+      <c r="F81" s="40"/>
+      <c r="G81" s="40"/>
+      <c r="H81" s="39"/>
+      <c r="I81" s="39"/>
+      <c r="J81" s="41"/>
+      <c r="K81" s="41"/>
+      <c r="L81" s="9"/>
+    </row>
+    <row r="82" spans="1:12" ht="15">
+      <c r="A82" s="41"/>
+      <c r="B82" s="41"/>
+      <c r="C82" s="41"/>
+      <c r="D82" s="41"/>
+      <c r="E82" s="41"/>
+      <c r="F82" s="39"/>
+      <c r="G82" s="39"/>
+      <c r="H82" s="39"/>
+      <c r="I82" s="39"/>
+      <c r="J82" s="41"/>
+      <c r="K82" s="41"/>
+      <c r="L82" s="9"/>
+    </row>
+    <row r="83" spans="1:12" ht="16.5" customHeight="1">
+      <c r="A83" s="41"/>
+      <c r="B83" s="39"/>
+      <c r="C83" s="175" t="s">
+        <v>98</v>
+      </c>
+      <c r="D83" s="176" t="s">
+        <v>190</v>
+      </c>
+      <c r="E83" s="177"/>
+      <c r="F83" s="39"/>
+      <c r="G83" s="39"/>
+      <c r="H83" s="39"/>
+      <c r="I83" s="39"/>
+      <c r="J83" s="74"/>
+      <c r="K83" s="41"/>
+      <c r="L83" s="9"/>
+    </row>
+    <row r="84" spans="1:12" ht="16.5" customHeight="1">
+      <c r="A84" s="41"/>
+      <c r="B84" s="39"/>
+      <c r="C84" s="178" t="s">
+        <v>142</v>
+      </c>
+      <c r="D84" s="179"/>
+      <c r="E84" s="180"/>
+      <c r="F84" s="39"/>
+      <c r="G84" s="39"/>
+      <c r="H84" s="39"/>
+      <c r="I84" s="73"/>
+      <c r="J84" s="41"/>
+      <c r="K84" s="41"/>
+      <c r="L84" s="9"/>
+    </row>
+    <row r="85" spans="1:12" ht="16.5" customHeight="1">
+      <c r="A85" s="41"/>
+      <c r="B85" s="39"/>
+      <c r="C85" s="178" t="s">
+        <v>143</v>
+      </c>
+      <c r="D85" s="179"/>
+      <c r="E85" s="180"/>
+      <c r="F85" s="39"/>
+      <c r="G85" s="39"/>
+      <c r="H85" s="39"/>
+      <c r="I85" s="39"/>
+      <c r="J85" s="41"/>
+      <c r="K85" s="41"/>
+      <c r="L85" s="9"/>
+    </row>
+    <row r="86" spans="1:12" ht="16.5" customHeight="1">
+      <c r="A86" s="41"/>
+      <c r="B86" s="39"/>
+      <c r="C86" s="178" t="s">
+        <v>144</v>
+      </c>
+      <c r="D86" s="179"/>
+      <c r="E86" s="180"/>
+      <c r="F86" s="39"/>
+      <c r="G86" s="39"/>
+      <c r="H86" s="39"/>
+      <c r="I86" s="39"/>
+      <c r="J86" s="41"/>
+      <c r="K86" s="41"/>
       <c r="L86" s="9"/>
     </row>
-    <row r="87" spans="1:12" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...12 lines deleted...]
-      <c r="K87" s="45"/>
+    <row r="87" spans="1:12" ht="16.5" customHeight="1">
+      <c r="A87" s="40"/>
+      <c r="B87" s="39"/>
+      <c r="C87" s="181"/>
+      <c r="D87" s="182"/>
+      <c r="E87" s="183"/>
+      <c r="F87" s="39"/>
+      <c r="G87" s="39"/>
+      <c r="H87" s="39"/>
+      <c r="I87" s="39"/>
+      <c r="J87" s="41"/>
+      <c r="K87" s="41"/>
       <c r="L87" s="9"/>
     </row>
-    <row r="88" spans="1:12" ht="15" x14ac:dyDescent="0.3">
-[...10 lines deleted...]
-      <c r="K88" s="45"/>
+    <row r="88" spans="1:12" ht="16.5" customHeight="1">
+      <c r="A88" s="40"/>
+      <c r="B88" s="39"/>
+      <c r="C88" s="39"/>
+      <c r="D88" s="39"/>
+      <c r="E88" s="39"/>
+      <c r="F88" s="39"/>
+      <c r="G88" s="39"/>
+      <c r="H88" s="39"/>
+      <c r="I88" s="39"/>
+      <c r="J88" s="41"/>
+      <c r="K88" s="41"/>
       <c r="L88" s="9"/>
     </row>
-    <row r="89" spans="1:12" ht="15" x14ac:dyDescent="0.3">
-[...314 lines deleted...]
-    <row r="106" spans="1:12" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="89" spans="1:12" ht="15" hidden="1" customHeight="1">
+      <c r="A89" s="67"/>
+      <c r="B89" s="67"/>
+      <c r="C89" s="67"/>
+      <c r="D89" s="67"/>
+      <c r="E89" s="67"/>
+      <c r="F89" s="67"/>
+      <c r="G89" s="67"/>
+      <c r="H89" s="67"/>
+      <c r="I89" s="67"/>
+      <c r="J89" s="67"/>
+      <c r="K89" s="67"/>
+    </row>
+    <row r="90" spans="1:12">
+      <c r="A90" s="67"/>
+      <c r="B90" s="67"/>
+      <c r="C90" s="67"/>
+      <c r="D90" s="67"/>
+      <c r="E90" s="67"/>
+      <c r="F90" s="67"/>
+      <c r="G90" s="67"/>
+      <c r="H90" s="67"/>
+      <c r="I90" s="67"/>
+      <c r="J90" s="67"/>
+      <c r="K90" s="67"/>
+    </row>
+    <row r="91" spans="1:12">
+      <c r="A91" s="67"/>
+      <c r="B91" s="67"/>
+      <c r="C91" s="67"/>
+      <c r="D91" s="67"/>
+      <c r="E91" s="67"/>
+      <c r="F91" s="67"/>
+      <c r="G91" s="67"/>
+      <c r="H91" s="67"/>
+      <c r="I91" s="67"/>
+      <c r="J91" s="67"/>
+      <c r="K91" s="67"/>
+    </row>
+    <row r="92" spans="1:12">
+      <c r="A92" s="67"/>
+      <c r="B92" s="67"/>
+      <c r="C92" s="67"/>
+      <c r="D92" s="67"/>
+      <c r="E92" s="67"/>
+      <c r="F92" s="67"/>
+      <c r="G92" s="67"/>
+      <c r="H92" s="67"/>
+      <c r="I92" s="67"/>
+      <c r="J92" s="67"/>
+      <c r="K92" s="67"/>
+    </row>
+    <row r="93" spans="1:12">
+      <c r="A93" s="67"/>
+      <c r="B93" s="67"/>
+      <c r="C93" s="67"/>
+      <c r="D93" s="67"/>
+      <c r="E93" s="67"/>
+      <c r="F93" s="67"/>
+      <c r="G93" s="67"/>
+      <c r="H93" s="67"/>
+      <c r="I93" s="67"/>
+      <c r="J93" s="67"/>
+      <c r="K93" s="67"/>
+    </row>
+    <row r="94" spans="1:12">
+      <c r="A94" s="67"/>
+      <c r="B94" s="67"/>
+      <c r="C94" s="67"/>
+      <c r="D94" s="67"/>
+      <c r="E94" s="67"/>
+      <c r="F94" s="67"/>
+      <c r="G94" s="67"/>
+      <c r="H94" s="67"/>
+      <c r="I94" s="67"/>
+      <c r="J94" s="67"/>
+      <c r="K94" s="67"/>
+    </row>
+    <row r="95" spans="1:12">
+      <c r="A95" s="67"/>
+      <c r="B95" s="67"/>
+      <c r="C95" s="67"/>
+      <c r="D95" s="67"/>
+      <c r="E95" s="67"/>
+      <c r="F95" s="67"/>
+      <c r="G95" s="67"/>
+      <c r="H95" s="67"/>
+      <c r="I95" s="67"/>
+      <c r="J95" s="67"/>
+      <c r="K95" s="67"/>
+    </row>
+    <row r="96" spans="1:12">
+      <c r="A96" s="67"/>
+      <c r="B96" s="67"/>
+      <c r="C96" s="67"/>
+      <c r="D96" s="67"/>
+      <c r="E96" s="67"/>
+      <c r="F96" s="67"/>
+      <c r="G96" s="67"/>
+      <c r="H96" s="67"/>
+      <c r="I96" s="67"/>
+      <c r="J96" s="67"/>
+      <c r="K96" s="67"/>
+    </row>
+    <row r="97" spans="1:11">
+      <c r="A97" s="67"/>
+      <c r="B97" s="67"/>
+      <c r="C97" s="67"/>
+      <c r="D97" s="67"/>
+      <c r="E97" s="67"/>
+      <c r="F97" s="67"/>
+      <c r="G97" s="67"/>
+      <c r="H97" s="67"/>
+      <c r="I97" s="67"/>
+      <c r="J97" s="67"/>
+      <c r="K97" s="67"/>
+    </row>
+    <row r="98" spans="1:11">
+      <c r="A98" s="67"/>
+      <c r="B98" s="67"/>
+      <c r="C98" s="67"/>
+      <c r="D98" s="67"/>
+      <c r="E98" s="67"/>
+      <c r="F98" s="67"/>
+      <c r="G98" s="67"/>
+      <c r="H98" s="67"/>
+      <c r="I98" s="67"/>
+      <c r="J98" s="67"/>
+      <c r="K98" s="67"/>
+    </row>
+    <row r="99" spans="1:11">
+      <c r="A99" s="67"/>
+      <c r="B99" s="67"/>
+      <c r="C99" s="67"/>
+      <c r="D99" s="67"/>
+      <c r="E99" s="67"/>
+      <c r="F99" s="67"/>
+      <c r="G99" s="67"/>
+      <c r="H99" s="67"/>
+      <c r="I99" s="67"/>
+      <c r="J99" s="67"/>
+      <c r="K99" s="67"/>
+    </row>
+    <row r="100" spans="1:11">
+      <c r="A100" s="67"/>
+      <c r="B100" s="67"/>
+      <c r="C100" s="67"/>
+      <c r="D100" s="67"/>
+      <c r="E100" s="67"/>
+      <c r="F100" s="67"/>
+      <c r="G100" s="67"/>
+      <c r="H100" s="67"/>
+      <c r="I100" s="67"/>
+      <c r="J100" s="67"/>
+      <c r="K100" s="67"/>
+    </row>
+    <row r="101" spans="1:11">
+      <c r="A101" s="67"/>
+      <c r="B101" s="67"/>
+      <c r="C101" s="67"/>
+      <c r="D101" s="67"/>
+      <c r="E101" s="67"/>
+      <c r="F101" s="67"/>
+      <c r="G101" s="67"/>
+      <c r="H101" s="67"/>
+      <c r="I101" s="67"/>
+      <c r="J101" s="67"/>
+      <c r="K101" s="67"/>
+    </row>
+    <row r="102" spans="1:11">
+      <c r="A102" s="67"/>
+      <c r="B102" s="67"/>
+      <c r="C102" s="67"/>
+      <c r="D102" s="67"/>
+      <c r="E102" s="67"/>
+      <c r="F102" s="67"/>
+      <c r="G102" s="67"/>
+      <c r="H102" s="67"/>
+      <c r="I102" s="67"/>
+      <c r="J102" s="67"/>
+      <c r="K102" s="67"/>
+    </row>
+    <row r="103" spans="1:11">
+      <c r="A103" s="67"/>
+      <c r="B103" s="67"/>
+      <c r="C103" s="67"/>
+      <c r="D103" s="67"/>
+      <c r="E103" s="67"/>
+      <c r="F103" s="67"/>
+      <c r="G103" s="67"/>
+      <c r="H103" s="67"/>
+      <c r="I103" s="67"/>
+      <c r="J103" s="67"/>
+      <c r="K103" s="67"/>
+    </row>
+    <row r="104" spans="1:11">
+      <c r="A104" s="67"/>
+      <c r="B104" s="67"/>
+      <c r="C104" s="67"/>
+      <c r="D104" s="67"/>
+      <c r="E104" s="67"/>
+      <c r="F104" s="67"/>
+      <c r="G104" s="67"/>
+      <c r="H104" s="67"/>
+      <c r="I104" s="67"/>
+      <c r="J104" s="67"/>
+      <c r="K104" s="67"/>
+    </row>
+    <row r="105" spans="1:11">
+      <c r="A105" s="67"/>
+      <c r="B105" s="67"/>
+      <c r="C105" s="67"/>
+      <c r="D105" s="67"/>
+      <c r="E105" s="67"/>
+      <c r="F105" s="67"/>
+      <c r="G105" s="67"/>
+      <c r="H105" s="67"/>
+      <c r="I105" s="67"/>
+      <c r="J105" s="67"/>
+      <c r="K105" s="67"/>
+    </row>
+    <row r="106" spans="1:11">
+      <c r="A106" s="67"/>
+      <c r="B106" s="67"/>
+      <c r="C106" s="67"/>
+      <c r="D106" s="67"/>
+      <c r="E106" s="67"/>
+      <c r="F106" s="67"/>
+      <c r="G106" s="67"/>
+      <c r="H106" s="67"/>
+      <c r="I106" s="67"/>
+      <c r="J106" s="67"/>
+      <c r="K106" s="67"/>
+    </row>
   </sheetData>
-  <mergeCells count="52">
+  <mergeCells count="12">
     <mergeCell ref="D1:F4"/>
-    <mergeCell ref="B89:C89"/>
-[...49 lines deleted...]
-    <mergeCell ref="C34:H34"/>
+    <mergeCell ref="B73:C73"/>
+    <mergeCell ref="B81:C81"/>
+    <mergeCell ref="E78:G78"/>
+    <mergeCell ref="E79:G79"/>
+    <mergeCell ref="E80:G80"/>
+    <mergeCell ref="E77:G77"/>
+    <mergeCell ref="E75:G75"/>
+    <mergeCell ref="E76:G76"/>
+    <mergeCell ref="E73:G73"/>
+    <mergeCell ref="E74:G74"/>
+    <mergeCell ref="B71:G72"/>
   </mergeCells>
-  <conditionalFormatting sqref="D90:D97">
+  <conditionalFormatting sqref="D74:D81">
     <cfRule type="cellIs" dxfId="17" priority="13" operator="lessThanOrEqual">
       <formula>3</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="16" priority="14" operator="between">
       <formula>4</formula>
       <formula>6</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="15" priority="15" operator="greaterThanOrEqual">
       <formula>7</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D100">
+  <conditionalFormatting sqref="D84">
     <cfRule type="cellIs" dxfId="14" priority="10" operator="lessThanOrEqual">
       <formula>3</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="13" priority="11" operator="between">
       <formula>4</formula>
       <formula>6</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D100:D101">
+  <conditionalFormatting sqref="D84:D85">
     <cfRule type="cellIs" dxfId="12" priority="6" operator="greaterThanOrEqual">
       <formula>7</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D101">
+  <conditionalFormatting sqref="D85">
     <cfRule type="cellIs" dxfId="11" priority="5" operator="lessThan">
       <formula>4</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D102">
+  <conditionalFormatting sqref="D86">
     <cfRule type="cellIs" dxfId="10" priority="3" operator="lessThan">
       <formula>7</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="I18:I25 I28:I37 I40:I45 I48:I56 I59:I64 I67:I74 I77:I84">
+  <conditionalFormatting sqref="I18:I25 I28:I33 I36:I40 I43:I47 I50:I54 I57:I61 I64:I68">
     <cfRule type="containsText" dxfId="9" priority="25" operator="containsText" text="Nee">
       <formula>NOT(ISERROR(SEARCH("Nee",I18)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="8" priority="26" operator="containsText" text="Ja">
       <formula>NOT(ISERROR(SEARCH("Ja",I18)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I18:I25 I77:I84 I67:I74 I59:I64 I48:I56 I40:I45 I28:I37" xr:uid="{00000000-0002-0000-0300-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I57:I61 I18:I25 I50:I54 I43:I47 I36:I40 I28:I33 I64:I68" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>$L$18:$L$19</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <ignoredErrors>
-[...1 lines deleted...]
-  </ignoredErrors>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Intern gebruik</oddFooter>
+  </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-[...1 lines deleted...]
-  <dimension ref="A1:P48"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CD658260-99AA-4A59-9C98-815D9B49EE93}">
+  <dimension ref="A1:Q43"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="P48" sqref="P48"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="Q6" sqref="Q6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1"/>
   <cols>
-    <col min="1" max="1" width="4.7265625" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="17" max="16384" width="11" hidden="1"/>
+    <col min="1" max="17" width="9.1796875" style="67" customWidth="1"/>
+    <col min="18" max="16384" width="9.1796875" style="67" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" x14ac:dyDescent="0.25">
-[...862 lines deleted...]
-    </row>
+    <row r="1"/>
+    <row r="2"/>
+    <row r="3"/>
+    <row r="4"/>
+    <row r="5"/>
+    <row r="6"/>
+    <row r="7"/>
+    <row r="8"/>
+    <row r="9"/>
+    <row r="10"/>
+    <row r="11"/>
+    <row r="12"/>
+    <row r="13"/>
+    <row r="14"/>
+    <row r="15"/>
+    <row r="16"/>
+    <row r="17"/>
+    <row r="18"/>
+    <row r="19"/>
+    <row r="20"/>
+    <row r="21"/>
+    <row r="22"/>
+    <row r="23"/>
+    <row r="24"/>
+    <row r="25"/>
+    <row r="26"/>
+    <row r="27"/>
+    <row r="28"/>
+    <row r="29"/>
+    <row r="30"/>
+    <row r="31"/>
+    <row r="32"/>
+    <row r="33"/>
+    <row r="34"/>
+    <row r="35"/>
+    <row r="36"/>
+    <row r="37"/>
+    <row r="38"/>
+    <row r="39"/>
+    <row r="40"/>
+    <row r="41"/>
+    <row r="42"/>
+    <row r="43"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="tiFWSCjtH765EhLpXJ9jBk0QgGPpFnrCKBVlg1rIqSL+6m5U/xvL2oR5Rt3m+mSAe7SZ+iAbdYxlKnMkUoaN3Q==" saltValue="QcmRS5ahkDGx8KzI/UaE8w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId1"/>
+  <legacyDrawing r:id="rId2"/>
+  <oleObjects>
+    <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+      <mc:Choice Requires="x14">
+        <oleObject progId="Visio.Drawing.15" shapeId="7169" r:id="rId3">
+          <objectPr defaultSize="0" autoPict="0" r:id="rId4">
+            <anchor moveWithCells="1" sizeWithCells="1">
+              <from>
+                <xdr:col>0</xdr:col>
+                <xdr:colOff>336550</xdr:colOff>
+                <xdr:row>1</xdr:row>
+                <xdr:rowOff>114300</xdr:rowOff>
+              </from>
+              <to>
+                <xdr:col>16</xdr:col>
+                <xdr:colOff>38100</xdr:colOff>
+                <xdr:row>42</xdr:row>
+                <xdr:rowOff>38100</xdr:rowOff>
+              </to>
+            </anchor>
+          </objectPr>
+        </oleObject>
+      </mc:Choice>
+      <mc:Fallback>
+        <oleObject progId="Visio.Drawing.15" shapeId="7169" r:id="rId3"/>
+      </mc:Fallback>
+    </mc:AlternateContent>
+  </oleObjects>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="A1:U32"/>
+  <dimension ref="A1:Z37"/>
   <sheetViews>
-    <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J5" sqref="J5"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D29" sqref="D29:E29"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="12.5" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" zeroHeight="1"/>
   <cols>
-    <col min="1" max="2" width="4.7265625" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="22" max="16384" width="8.81640625" hidden="1"/>
+    <col min="1" max="2" width="4.81640625" customWidth="1"/>
+    <col min="3" max="3" width="44.1796875" customWidth="1"/>
+    <col min="4" max="13" width="20.81640625" customWidth="1"/>
+    <col min="14" max="14" width="10.1796875" hidden="1" customWidth="1"/>
+    <col min="15" max="15" width="9" hidden="1" customWidth="1"/>
+    <col min="16" max="16" width="14.1796875" hidden="1" customWidth="1"/>
+    <col min="17" max="17" width="12.453125" hidden="1" customWidth="1"/>
+    <col min="18" max="18" width="12.81640625" hidden="1" customWidth="1"/>
+    <col min="19" max="19" width="8.1796875" hidden="1" customWidth="1"/>
+    <col min="20" max="20" width="11.81640625" hidden="1" customWidth="1"/>
+    <col min="21" max="21" width="5.1796875" hidden="1" customWidth="1"/>
+    <col min="22" max="22" width="6.1796875" hidden="1" customWidth="1"/>
+    <col min="23" max="23" width="6.453125" hidden="1" customWidth="1"/>
+    <col min="24" max="24" width="10.1796875" hidden="1" customWidth="1"/>
+    <col min="25" max="25" width="122.453125" hidden="1" customWidth="1"/>
+    <col min="26" max="26" width="42.1796875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:20" ht="18" customHeight="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="D1" s="244" t="s">
+    <row r="1" spans="1:25" ht="18" customHeight="1">
+      <c r="A1" s="75"/>
+      <c r="B1" s="75"/>
+      <c r="C1" s="41"/>
+      <c r="D1" s="261" t="s">
+        <v>20</v>
+      </c>
+      <c r="E1" s="261"/>
+      <c r="F1" s="261"/>
+      <c r="G1" s="41"/>
+      <c r="H1" s="41"/>
+      <c r="I1" s="41"/>
+      <c r="J1" s="41"/>
+      <c r="K1" s="41"/>
+      <c r="L1" s="41"/>
+      <c r="M1" s="41"/>
+      <c r="N1" s="41"/>
+      <c r="O1" s="41"/>
+      <c r="P1" s="41"/>
+      <c r="Q1" s="41"/>
+      <c r="R1" s="41"/>
+      <c r="S1" s="41"/>
+      <c r="T1" s="41"/>
+      <c r="U1" s="41"/>
+      <c r="V1" s="41"/>
+      <c r="W1" s="41"/>
+      <c r="X1" s="41"/>
+      <c r="Y1" s="67"/>
+    </row>
+    <row r="2" spans="1:25" ht="18" customHeight="1">
+      <c r="A2" s="75"/>
+      <c r="B2" s="75"/>
+      <c r="C2" s="41"/>
+      <c r="D2" s="261"/>
+      <c r="E2" s="261"/>
+      <c r="F2" s="261"/>
+      <c r="G2" s="41"/>
+      <c r="H2" s="41"/>
+      <c r="I2" s="41"/>
+      <c r="J2" s="41"/>
+      <c r="K2" s="41"/>
+      <c r="L2" s="41"/>
+      <c r="M2" s="41"/>
+      <c r="N2" s="41"/>
+      <c r="O2" s="41"/>
+      <c r="P2" s="41"/>
+      <c r="Q2" s="41"/>
+      <c r="R2" s="41"/>
+      <c r="S2" s="41"/>
+      <c r="T2" s="41"/>
+      <c r="U2" s="41"/>
+      <c r="V2" s="41"/>
+      <c r="W2" s="41"/>
+      <c r="X2" s="41"/>
+      <c r="Y2" s="90"/>
+    </row>
+    <row r="3" spans="1:25" ht="18" customHeight="1">
+      <c r="A3" s="76"/>
+      <c r="B3" s="76"/>
+      <c r="C3" s="41"/>
+      <c r="D3" s="261"/>
+      <c r="E3" s="261"/>
+      <c r="F3" s="261"/>
+      <c r="G3" s="41"/>
+      <c r="H3" s="41"/>
+      <c r="I3" s="41"/>
+      <c r="J3" s="41"/>
+      <c r="K3" s="41"/>
+      <c r="L3" s="41"/>
+      <c r="M3" s="41"/>
+      <c r="N3" s="41"/>
+      <c r="O3" s="41"/>
+      <c r="P3" s="41"/>
+      <c r="Q3" s="41"/>
+      <c r="R3" s="41"/>
+      <c r="S3" s="41"/>
+      <c r="T3" s="41"/>
+      <c r="U3" s="41"/>
+      <c r="V3" s="41"/>
+      <c r="W3" s="41"/>
+      <c r="X3" s="41"/>
+      <c r="Y3" s="67"/>
+    </row>
+    <row r="4" spans="1:25" ht="18" customHeight="1">
+      <c r="A4" s="76"/>
+      <c r="B4" s="76"/>
+      <c r="C4" s="41"/>
+      <c r="D4" s="82">
+        <v>1</v>
+      </c>
+      <c r="E4" s="82">
+        <v>2</v>
+      </c>
+      <c r="F4" s="82">
+        <v>3</v>
+      </c>
+      <c r="G4" s="82">
+        <v>4</v>
+      </c>
+      <c r="H4" s="82">
+        <v>5</v>
+      </c>
+      <c r="I4" s="82">
+        <v>6</v>
+      </c>
+      <c r="J4" s="82">
+        <v>7</v>
+      </c>
+      <c r="K4" s="82">
+        <v>8</v>
+      </c>
+      <c r="L4" s="82">
+        <v>9</v>
+      </c>
+      <c r="M4" s="82">
+        <v>10</v>
+      </c>
+      <c r="N4" s="82"/>
+      <c r="O4" s="41"/>
+      <c r="P4" s="41"/>
+      <c r="Q4" s="41"/>
+      <c r="R4" s="41"/>
+      <c r="S4" s="41"/>
+      <c r="T4" s="41"/>
+      <c r="U4" s="41"/>
+      <c r="V4" s="41"/>
+      <c r="W4" s="41"/>
+      <c r="X4" s="41"/>
+      <c r="Y4" s="67"/>
+    </row>
+    <row r="5" spans="1:25" ht="15">
+      <c r="A5" s="75"/>
+      <c r="B5" s="160" t="s">
+        <v>88</v>
+      </c>
+      <c r="C5" s="160" t="s">
+        <v>86</v>
+      </c>
+      <c r="D5" s="127" t="s">
+        <v>123</v>
+      </c>
+      <c r="E5" s="127" t="s">
+        <v>103</v>
+      </c>
+      <c r="F5" s="127" t="s">
+        <v>122</v>
+      </c>
+      <c r="G5" s="127" t="s">
+        <v>125</v>
+      </c>
+      <c r="H5" s="127" t="s">
+        <v>109</v>
+      </c>
+      <c r="I5" s="127" t="s">
+        <v>124</v>
+      </c>
+      <c r="J5" s="127" t="s">
+        <v>127</v>
+      </c>
+      <c r="K5" s="127" t="s">
+        <v>271</v>
+      </c>
+      <c r="L5" s="127" t="s">
+        <v>191</v>
+      </c>
+      <c r="M5" s="127" t="s">
+        <v>316</v>
+      </c>
+      <c r="N5" s="41"/>
+      <c r="O5" s="77"/>
+      <c r="P5" s="77"/>
+      <c r="Q5" s="77"/>
+      <c r="R5" s="77"/>
+      <c r="S5" s="77"/>
+      <c r="T5" s="77"/>
+      <c r="U5" s="77"/>
+      <c r="V5" s="77"/>
+      <c r="W5" s="77"/>
+      <c r="X5" s="77"/>
+      <c r="Y5" s="96" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6" spans="1:25" ht="20.149999999999999" customHeight="1">
+      <c r="A6" s="78"/>
+      <c r="B6" s="163">
+        <v>1</v>
+      </c>
+      <c r="C6" s="123" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="124" t="s">
         <v>21</v>
       </c>
-      <c r="E1" s="244"/>
-[...67 lines deleted...]
-      <c r="E4" s="87">
+      <c r="E6" s="125" t="s">
+        <v>21</v>
+      </c>
+      <c r="F6" s="125" t="s">
+        <v>21</v>
+      </c>
+      <c r="G6" s="125" t="s">
+        <v>21</v>
+      </c>
+      <c r="H6" s="125">
+        <v>0</v>
+      </c>
+      <c r="I6" s="125" t="s">
+        <v>21</v>
+      </c>
+      <c r="J6" s="125" t="s">
+        <v>21</v>
+      </c>
+      <c r="K6" s="125" t="s">
+        <v>21</v>
+      </c>
+      <c r="L6" s="125" t="s">
+        <v>21</v>
+      </c>
+      <c r="M6" s="125" t="s">
+        <v>21</v>
+      </c>
+      <c r="N6" s="43"/>
+      <c r="O6" s="83" t="str">
+        <f t="shared" ref="O6" si="0">IF(D6="+",D$5,"")</f>
+        <v>NIST CSF</v>
+      </c>
+      <c r="P6" s="83" t="str">
+        <f t="shared" ref="P6:P12" si="1">IF(E6="+",E$5,"")</f>
+        <v>ISO/IEC 27002</v>
+      </c>
+      <c r="Q6" s="83" t="str">
+        <f t="shared" ref="Q6:Q12" si="2">IF(F6="+",F$5,"")</f>
+        <v>ISACA COBIT</v>
+      </c>
+      <c r="R6" s="83" t="str">
+        <f t="shared" ref="R6:R12" si="3">IF(G6="+",G$5,"")</f>
+        <v>DNB controls</v>
+      </c>
+      <c r="S6" s="83" t="str">
+        <f t="shared" ref="S6:S12" si="4">IF(H6="+",H$5,"")</f>
+        <v/>
+      </c>
+      <c r="T6" s="83" t="str">
+        <f t="shared" ref="T6:T12" si="5">IF(I6="+",I$5,"")</f>
+        <v>CIS controls</v>
+      </c>
+      <c r="U6" s="83" t="str">
+        <f t="shared" ref="U6:U12" si="6">IF(J6="+",J$5,"")</f>
+        <v>CCM</v>
+      </c>
+      <c r="V6" s="83" t="str">
+        <f t="shared" ref="V6:V12" si="7">IF(K6="+",K$5,"")</f>
+        <v>NIS2</v>
+      </c>
+      <c r="W6" s="83" t="str">
+        <f t="shared" ref="W6:W12" si="8">IF(M6="+",M$5,"")</f>
+        <v>IIA</v>
+      </c>
+      <c r="X6" s="83" t="str">
+        <f t="shared" ref="X6:X12" si="9">IF(N6="+",N$5,"")</f>
+        <v/>
+      </c>
+      <c r="Y6" s="84" t="str">
+        <f>CONCATENATE(O6&amp;", ",P6&amp;", ",Q6&amp;", ",R6&amp;", ",T6&amp;", ",U6&amp;", ",V6&amp;" en ",W6)</f>
+        <v>NIST CSF, ISO/IEC 27002, ISACA COBIT, DNB controls, CIS controls, CCM, NIS2 en IIA</v>
+      </c>
+    </row>
+    <row r="7" spans="1:25" ht="20.149999999999999" customHeight="1">
+      <c r="A7" s="78"/>
+      <c r="B7" s="163">
         <v>2</v>
       </c>
-      <c r="F4" s="87">
-[...90 lines deleted...]
-      <c r="I6" s="133">
+      <c r="C7" s="123" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="E7" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="F7" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G7" s="124">
         <v>0</v>
       </c>
-      <c r="J6" s="133" t="s">
-[...4 lines deleted...]
-        <f t="shared" ref="L6" si="0">IF(D6="+",D$5,"")</f>
+      <c r="H7" s="124">
+        <v>0</v>
+      </c>
+      <c r="I7" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="J7" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="K7" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="L7" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="M7" s="124">
+        <v>0</v>
+      </c>
+      <c r="N7" s="43"/>
+      <c r="O7" s="83" t="str">
+        <f t="shared" ref="O7:O12" si="10">IF(D7="+",D$5,"")</f>
         <v>NIST CSF</v>
       </c>
-      <c r="M6" s="88" t="str">
-        <f t="shared" ref="M6:M12" si="1">IF(E6="+",E$5,"")</f>
+      <c r="P7" s="83" t="str">
+        <f t="shared" si="1"/>
         <v>ISO/IEC 27002</v>
       </c>
-      <c r="N6" s="88" t="str">
-[...66 lines deleted...]
-      <c r="N7" s="88" t="str">
+      <c r="Q7" s="83" t="str">
         <f t="shared" si="2"/>
         <v>ISACA COBIT</v>
       </c>
-      <c r="O7" s="88" t="str">
+      <c r="R7" s="83" t="str">
         <f t="shared" si="3"/>
         <v/>
       </c>
-      <c r="P7" s="88" t="str">
+      <c r="S7" s="83" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="Q7" s="88" t="str">
+      <c r="T7" s="83" t="str">
         <f t="shared" si="5"/>
         <v>CIS controls</v>
       </c>
-      <c r="R7" s="88" t="str">
+      <c r="U7" s="83" t="str">
         <f t="shared" si="6"/>
         <v>CCM</v>
       </c>
-      <c r="S7" s="88" t="str">
+      <c r="V7" s="83" t="str">
         <f t="shared" si="7"/>
-        <v/>
-[...36 lines deleted...]
-      <c r="L8" s="88" t="str">
+        <v>NIS2</v>
+      </c>
+      <c r="W7" s="83" t="str">
         <f t="shared" si="8"/>
         <v/>
       </c>
-      <c r="M8" s="88" t="str">
+      <c r="X7" s="83" t="str">
+        <f t="shared" si="9"/>
+        <v/>
+      </c>
+      <c r="Y7" s="84" t="str">
+        <f>CONCATENATE(O7&amp;", ",Q7&amp;", ",T7&amp;", ",U7&amp;", ",V7&amp;" en ",W7)</f>
+        <v xml:space="preserve">NIST CSF, ISACA COBIT, CIS controls, CCM, NIS2 en </v>
+      </c>
+    </row>
+    <row r="8" spans="1:25" ht="20.149999999999999" customHeight="1">
+      <c r="A8" s="78"/>
+      <c r="B8" s="163">
+        <v>3</v>
+      </c>
+      <c r="C8" s="123" t="s">
+        <v>19</v>
+      </c>
+      <c r="D8" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="E8" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="F8" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G8" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="H8" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="I8" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="J8" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="K8" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="L8" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="M8" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="N8" s="43"/>
+      <c r="O8" s="83" t="str">
+        <f t="shared" si="10"/>
+        <v>NIST CSF</v>
+      </c>
+      <c r="P8" s="83" t="str">
         <f t="shared" si="1"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="N8" s="88" t="str">
+        <v>ISO/IEC 27002</v>
+      </c>
+      <c r="Q8" s="83" t="str">
         <f t="shared" si="2"/>
         <v>ISACA COBIT</v>
       </c>
-      <c r="O8" s="88" t="str">
+      <c r="R8" s="83" t="str">
         <f t="shared" si="3"/>
         <v>DNB controls</v>
       </c>
-      <c r="P8" s="88" t="str">
+      <c r="S8" s="83" t="str">
         <f t="shared" si="4"/>
         <v>PCI/DSS</v>
       </c>
-      <c r="Q8" s="88" t="str">
+      <c r="T8" s="83" t="str">
         <f t="shared" si="5"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="R8" s="88" t="str">
+        <v>CIS controls</v>
+      </c>
+      <c r="U8" s="83" t="str">
         <f t="shared" si="6"/>
         <v>CCM</v>
       </c>
-      <c r="S8" s="88" t="str">
+      <c r="V8" s="83" t="str">
         <f t="shared" si="7"/>
+        <v>NIS2</v>
+      </c>
+      <c r="W8" s="83" t="str">
+        <f t="shared" si="8"/>
+        <v>IIA</v>
+      </c>
+      <c r="X8" s="83" t="str">
+        <f t="shared" si="9"/>
         <v/>
       </c>
-      <c r="T8" s="89" t="str">
-[...6 lines deleted...]
-      <c r="B9" s="172">
+      <c r="Y8" s="84" t="str">
+        <f>CONCATENATE(Q8&amp;", ",R8&amp;", ",S8&amp;", ",U8&amp;", ",V8&amp;" en ",W8)</f>
+        <v>ISACA COBIT, DNB controls, PCI/DSS, CCM, NIS2 en IIA</v>
+      </c>
+    </row>
+    <row r="9" spans="1:25" ht="20.149999999999999" customHeight="1">
+      <c r="A9" s="78"/>
+      <c r="B9" s="163">
         <v>4</v>
       </c>
-      <c r="C9" s="131" t="s">
+      <c r="C9" s="123" t="s">
         <v>9</v>
       </c>
-      <c r="D9" s="132" t="s">
-[...2 lines deleted...]
-      <c r="E9" s="132">
+      <c r="D9" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="E9" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G9" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="H9" s="124">
         <v>0</v>
       </c>
-      <c r="F9" s="132" t="s">
-[...16 lines deleted...]
-        <f t="shared" si="8"/>
+      <c r="I9" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="J9" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="K9" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="L9" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="M9" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="N9" s="43"/>
+      <c r="O9" s="83" t="str">
+        <f t="shared" si="10"/>
         <v>NIST CSF</v>
       </c>
-      <c r="M9" s="88" t="str">
+      <c r="P9" s="83" t="str">
         <f t="shared" si="1"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="N9" s="88" t="str">
+        <v>ISO/IEC 27002</v>
+      </c>
+      <c r="Q9" s="83" t="str">
         <f t="shared" si="2"/>
         <v>ISACA COBIT</v>
       </c>
-      <c r="O9" s="88" t="str">
+      <c r="R9" s="83" t="str">
         <f t="shared" si="3"/>
         <v>DNB controls</v>
       </c>
-      <c r="P9" s="88" t="str">
+      <c r="S9" s="83" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="Q9" s="88" t="str">
+      <c r="T9" s="83" t="str">
         <f t="shared" si="5"/>
         <v>CIS controls</v>
       </c>
-      <c r="R9" s="88" t="str">
+      <c r="U9" s="83" t="str">
         <f t="shared" si="6"/>
+        <v>CCM</v>
+      </c>
+      <c r="V9" s="83" t="str">
+        <f t="shared" si="7"/>
+        <v>NIS2</v>
+      </c>
+      <c r="W9" s="83" t="str">
+        <f t="shared" si="8"/>
+        <v>IIA</v>
+      </c>
+      <c r="X9" s="83" t="str">
+        <f t="shared" si="9"/>
         <v/>
       </c>
-      <c r="S9" s="88" t="str">
-[...10 lines deleted...]
-      <c r="B10" s="172">
+      <c r="Y9" s="84" t="str">
+        <f>CONCATENATE(O9&amp;", ",Q9&amp;", ",R9&amp;", ",T9&amp;", ",V9&amp;" en ",W9)</f>
+        <v>NIST CSF, ISACA COBIT, DNB controls, CIS controls, NIS2 en IIA</v>
+      </c>
+    </row>
+    <row r="10" spans="1:25" ht="20.149999999999999" customHeight="1">
+      <c r="A10" s="78"/>
+      <c r="B10" s="163">
         <v>5</v>
       </c>
-      <c r="C10" s="131" t="s">
-[...5 lines deleted...]
-      <c r="E10" s="132">
+      <c r="C10" s="123" t="s">
+        <v>38</v>
+      </c>
+      <c r="D10" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="E10" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="F10" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G10" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="H10" s="124">
         <v>0</v>
       </c>
-      <c r="F10" s="132" t="s">
-[...16 lines deleted...]
-        <f t="shared" si="8"/>
+      <c r="I10" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="J10" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="K10" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="L10" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="M10" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="N10" s="43"/>
+      <c r="O10" s="83" t="str">
+        <f t="shared" si="10"/>
         <v>NIST CSF</v>
       </c>
-      <c r="M10" s="88" t="str">
+      <c r="P10" s="83" t="str">
         <f t="shared" si="1"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="N10" s="88" t="str">
+        <v>ISO/IEC 27002</v>
+      </c>
+      <c r="Q10" s="83" t="str">
         <f t="shared" si="2"/>
         <v>ISACA COBIT</v>
       </c>
-      <c r="O10" s="88" t="str">
+      <c r="R10" s="83" t="str">
         <f t="shared" si="3"/>
         <v>DNB controls</v>
       </c>
-      <c r="P10" s="88" t="str">
+      <c r="S10" s="83" t="str">
         <f t="shared" si="4"/>
         <v/>
       </c>
-      <c r="Q10" s="88" t="str">
+      <c r="T10" s="83" t="str">
         <f t="shared" si="5"/>
+        <v>CIS controls</v>
+      </c>
+      <c r="U10" s="83" t="str">
+        <f t="shared" si="6"/>
+        <v>CCM</v>
+      </c>
+      <c r="V10" s="83" t="str">
+        <f t="shared" si="7"/>
+        <v>NIS2</v>
+      </c>
+      <c r="W10" s="83" t="str">
+        <f t="shared" si="8"/>
+        <v>IIA</v>
+      </c>
+      <c r="X10" s="83" t="str">
+        <f t="shared" si="9"/>
         <v/>
       </c>
-      <c r="R10" s="88" t="str">
-[...14 lines deleted...]
-      <c r="B11" s="172">
+      <c r="Y10" s="84" t="str">
+        <f>CONCATENATE(O10&amp;", ",Q10&amp;", ",R10&amp;", ",V10&amp;" en ",W10)</f>
+        <v>NIST CSF, ISACA COBIT, DNB controls, NIS2 en IIA</v>
+      </c>
+    </row>
+    <row r="11" spans="1:25" ht="20.149999999999999" customHeight="1">
+      <c r="A11" s="78"/>
+      <c r="B11" s="163">
         <v>6</v>
       </c>
-      <c r="C11" s="131" t="s">
+      <c r="C11" s="123" t="s">
         <v>10</v>
       </c>
-      <c r="D11" s="132" t="s">
-[...22 lines deleted...]
-        <f t="shared" si="8"/>
+      <c r="D11" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="E11" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="F11" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="G11" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="H11" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="I11" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="J11" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="K11" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="L11" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="M11" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="N11" s="43"/>
+      <c r="O11" s="83" t="str">
+        <f t="shared" si="10"/>
         <v>NIST CSF</v>
       </c>
-      <c r="M11" s="88" t="str">
+      <c r="P11" s="83" t="str">
         <f t="shared" si="1"/>
         <v>ISO/IEC 27002</v>
       </c>
-      <c r="N11" s="88" t="str">
+      <c r="Q11" s="83" t="str">
         <f t="shared" si="2"/>
         <v>ISACA COBIT</v>
       </c>
-      <c r="O11" s="88" t="str">
+      <c r="R11" s="83" t="str">
         <f t="shared" si="3"/>
         <v>DNB controls</v>
       </c>
-      <c r="P11" s="88" t="str">
+      <c r="S11" s="83" t="str">
         <f t="shared" si="4"/>
         <v>PCI/DSS</v>
       </c>
-      <c r="Q11" s="88" t="str">
+      <c r="T11" s="83" t="str">
         <f t="shared" si="5"/>
         <v>CIS controls</v>
       </c>
-      <c r="R11" s="88" t="str">
+      <c r="U11" s="83" t="str">
         <f t="shared" si="6"/>
         <v>CCM</v>
       </c>
-      <c r="S11" s="88" t="str">
+      <c r="V11" s="83" t="str">
         <f t="shared" si="7"/>
+        <v>NIS2</v>
+      </c>
+      <c r="W11" s="83" t="str">
+        <f t="shared" si="8"/>
+        <v>IIA</v>
+      </c>
+      <c r="X11" s="83" t="str">
+        <f t="shared" si="9"/>
         <v/>
       </c>
-      <c r="T11" s="89" t="str">
-[...6 lines deleted...]
-      <c r="B12" s="172">
+      <c r="Y11" s="84" t="str">
+        <f>CONCATENATE(O11&amp;", ",P11&amp;", ",Q11&amp;", ",R11&amp;", ",S11&amp;" en ",T11&amp;", ",V6&amp;" en ",W6)</f>
+        <v>NIST CSF, ISO/IEC 27002, ISACA COBIT, DNB controls, PCI/DSS en CIS controls, NIS2 en IIA</v>
+      </c>
+    </row>
+    <row r="12" spans="1:25" ht="20.149999999999999" customHeight="1">
+      <c r="A12" s="78"/>
+      <c r="B12" s="163">
         <v>7</v>
       </c>
-      <c r="C12" s="131" t="s">
-[...25 lines deleted...]
-        <f t="shared" si="8"/>
+      <c r="C12" s="123" t="s">
+        <v>169</v>
+      </c>
+      <c r="D12" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="E12" s="126" t="s">
+        <v>21</v>
+      </c>
+      <c r="F12" s="126" t="s">
+        <v>21</v>
+      </c>
+      <c r="G12" s="126" t="s">
+        <v>21</v>
+      </c>
+      <c r="H12" s="126" t="s">
+        <v>21</v>
+      </c>
+      <c r="I12" s="126" t="s">
+        <v>21</v>
+      </c>
+      <c r="J12" s="126" t="s">
+        <v>21</v>
+      </c>
+      <c r="K12" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="L12" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="M12" s="124" t="s">
+        <v>21</v>
+      </c>
+      <c r="N12" s="43"/>
+      <c r="O12" s="83" t="str">
+        <f t="shared" si="10"/>
         <v>NIST CSF</v>
       </c>
-      <c r="M12" s="88" t="str">
+      <c r="P12" s="83" t="str">
         <f t="shared" si="1"/>
         <v>ISO/IEC 27002</v>
       </c>
-      <c r="N12" s="88" t="str">
+      <c r="Q12" s="83" t="str">
         <f t="shared" si="2"/>
         <v>ISACA COBIT</v>
       </c>
-      <c r="O12" s="88" t="str">
+      <c r="R12" s="83" t="str">
         <f t="shared" si="3"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="P12" s="88" t="str">
+        <v>DNB controls</v>
+      </c>
+      <c r="S12" s="83" t="str">
         <f t="shared" si="4"/>
         <v>PCI/DSS</v>
       </c>
-      <c r="Q12" s="88" t="str">
+      <c r="T12" s="83" t="str">
         <f t="shared" si="5"/>
         <v>CIS controls</v>
       </c>
-      <c r="R12" s="88" t="str">
+      <c r="U12" s="83" t="str">
         <f t="shared" si="6"/>
+        <v>CCM</v>
+      </c>
+      <c r="V12" s="83" t="str">
+        <f t="shared" si="7"/>
+        <v>NIS2</v>
+      </c>
+      <c r="W12" s="83" t="str">
+        <f t="shared" si="8"/>
+        <v>IIA</v>
+      </c>
+      <c r="X12" s="83" t="str">
+        <f t="shared" si="9"/>
         <v/>
       </c>
-      <c r="S12" s="88" t="str">
-[...15 lines deleted...]
-        <f t="shared" ref="D13:J13" si="9">COUNTIF(D6:D12,"+")/7</f>
+      <c r="Y12" s="84" t="str">
+        <f>CONCATENATE(O12&amp;", ",P12&amp;", ",Q12&amp;", ",S12&amp;", ",T12&amp;", ",V6&amp;" en ",W6)</f>
+        <v>NIST CSF, ISO/IEC 27002, ISACA COBIT, PCI/DSS, CIS controls, NIS2 en IIA</v>
+      </c>
+    </row>
+    <row r="13" spans="1:25" ht="15">
+      <c r="A13" s="79"/>
+      <c r="B13" s="262" t="s">
+        <v>24</v>
+      </c>
+      <c r="C13" s="262"/>
+      <c r="D13" s="137">
+        <f t="shared" ref="D13:J13" si="11">COUNTIF(D6:D12,"+")/7</f>
+        <v>1</v>
+      </c>
+      <c r="E13" s="138">
+        <f t="shared" si="11"/>
+        <v>1</v>
+      </c>
+      <c r="F13" s="137">
+        <f t="shared" si="11"/>
+        <v>1</v>
+      </c>
+      <c r="G13" s="137">
+        <f t="shared" si="11"/>
         <v>0.8571428571428571</v>
       </c>
-      <c r="E13" s="146">
-        <f t="shared" si="9"/>
+      <c r="H13" s="137">
+        <f t="shared" si="11"/>
         <v>0.42857142857142855</v>
       </c>
-      <c r="F13" s="145">
-        <f t="shared" si="9"/>
+      <c r="I13" s="137">
+        <f t="shared" si="11"/>
         <v>1</v>
       </c>
-      <c r="G13" s="145">
-[...54 lines deleted...]
-      <c r="D15" s="170" t="s">
+      <c r="J13" s="137">
+        <f t="shared" si="11"/>
+        <v>1</v>
+      </c>
+      <c r="K13" s="137">
+        <f t="shared" ref="K13:M13" si="12">COUNTIF(K6:K12,"+")/7</f>
+        <v>1</v>
+      </c>
+      <c r="L13" s="137">
+        <f t="shared" ref="L13" si="13">COUNTIF(L6:L12,"+")/7</f>
+        <v>1</v>
+      </c>
+      <c r="M13" s="137">
+        <f t="shared" si="12"/>
+        <v>0.8571428571428571</v>
+      </c>
+      <c r="N13" s="95"/>
+      <c r="O13" s="42"/>
+      <c r="P13" s="42"/>
+      <c r="Q13" s="42"/>
+      <c r="R13" s="42"/>
+      <c r="S13" s="42"/>
+      <c r="T13" s="42"/>
+      <c r="U13" s="42"/>
+      <c r="V13" s="42"/>
+      <c r="W13" s="42"/>
+      <c r="X13" s="42"/>
+      <c r="Y13" s="67"/>
+    </row>
+    <row r="14" spans="1:25" ht="15">
+      <c r="A14" s="75"/>
+      <c r="B14" s="75"/>
+      <c r="C14" s="41"/>
+      <c r="D14" s="41"/>
+      <c r="E14" s="41"/>
+      <c r="F14" s="41"/>
+      <c r="G14" s="41"/>
+      <c r="H14" s="41"/>
+      <c r="I14" s="41"/>
+      <c r="J14" s="41"/>
+      <c r="K14" s="41"/>
+      <c r="L14" s="41"/>
+      <c r="M14" s="41"/>
+      <c r="N14" s="41"/>
+      <c r="O14" s="82"/>
+      <c r="P14" s="41"/>
+      <c r="Q14" s="41"/>
+      <c r="R14" s="41"/>
+      <c r="S14" s="41"/>
+      <c r="T14" s="41"/>
+      <c r="U14" s="41"/>
+      <c r="V14" s="41"/>
+      <c r="W14" s="41"/>
+      <c r="X14" s="41"/>
+      <c r="Y14" s="67"/>
+    </row>
+    <row r="15" spans="1:25" ht="20.149999999999999" customHeight="1">
+      <c r="A15" s="75"/>
+      <c r="B15" s="263" t="s">
         <v>23</v>
       </c>
-      <c r="E15" s="109">
+      <c r="C15" s="263"/>
+      <c r="D15" s="161" t="s">
+        <v>22</v>
+      </c>
+      <c r="E15" s="102">
         <v>0</v>
       </c>
-      <c r="F15" s="109" t="s">
-[...118 lines deleted...]
-      <c r="B20" s="173">
+      <c r="F15" s="102" t="s">
+        <v>21</v>
+      </c>
+      <c r="G15" s="41"/>
+      <c r="H15" s="41"/>
+      <c r="I15" s="41"/>
+      <c r="J15" s="41"/>
+      <c r="K15" s="41"/>
+      <c r="L15" s="41"/>
+      <c r="M15" s="41"/>
+      <c r="N15" s="41"/>
+      <c r="O15" s="41"/>
+      <c r="P15" s="41"/>
+      <c r="Q15" s="41"/>
+      <c r="R15" s="41"/>
+      <c r="S15" s="41"/>
+      <c r="T15" s="41"/>
+      <c r="U15" s="41"/>
+      <c r="V15" s="41"/>
+      <c r="W15" s="41"/>
+      <c r="X15" s="41"/>
+      <c r="Y15" s="67"/>
+    </row>
+    <row r="16" spans="1:25" ht="55" customHeight="1">
+      <c r="A16" s="75"/>
+      <c r="B16" s="263"/>
+      <c r="C16" s="263"/>
+      <c r="D16" s="109"/>
+      <c r="E16" s="109"/>
+      <c r="F16" s="109"/>
+      <c r="G16" s="41"/>
+      <c r="H16" s="41"/>
+      <c r="I16" s="41"/>
+      <c r="J16" s="41"/>
+      <c r="K16" s="41"/>
+      <c r="L16" s="41"/>
+      <c r="M16" s="41"/>
+      <c r="N16" s="41"/>
+      <c r="O16" s="41"/>
+      <c r="P16" s="41"/>
+      <c r="Q16" s="41"/>
+      <c r="R16" s="41"/>
+      <c r="S16" s="41"/>
+      <c r="T16" s="41"/>
+      <c r="U16" s="41"/>
+      <c r="V16" s="41"/>
+      <c r="W16" s="41"/>
+      <c r="X16" s="41"/>
+      <c r="Y16" s="67"/>
+    </row>
+    <row r="17" spans="1:26" ht="15">
+      <c r="A17" s="75"/>
+      <c r="B17" s="75"/>
+      <c r="C17" s="41"/>
+      <c r="D17" s="41"/>
+      <c r="E17" s="41"/>
+      <c r="F17" s="41"/>
+      <c r="G17" s="41"/>
+      <c r="H17" s="41"/>
+      <c r="I17" s="41"/>
+      <c r="J17" s="41"/>
+      <c r="K17" s="41"/>
+      <c r="L17" s="41"/>
+      <c r="M17" s="41"/>
+      <c r="N17" s="41"/>
+      <c r="O17" s="41"/>
+      <c r="P17" s="41"/>
+      <c r="Q17" s="41"/>
+      <c r="R17" s="41"/>
+      <c r="S17" s="41"/>
+      <c r="T17" s="41"/>
+      <c r="U17" s="41"/>
+      <c r="V17" s="41"/>
+      <c r="W17" s="41"/>
+      <c r="X17" s="41"/>
+      <c r="Y17" s="67"/>
+      <c r="Z17" s="41"/>
+    </row>
+    <row r="18" spans="1:26" ht="16.5" customHeight="1">
+      <c r="A18" s="75"/>
+      <c r="B18" s="260" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" s="260"/>
+      <c r="D18" s="41"/>
+      <c r="E18" s="41"/>
+      <c r="F18" s="41"/>
+      <c r="G18" s="41"/>
+      <c r="H18" s="41"/>
+      <c r="I18" s="41"/>
+      <c r="J18" s="41"/>
+      <c r="K18" s="41"/>
+      <c r="L18" s="41"/>
+      <c r="M18" s="41"/>
+      <c r="N18" s="41"/>
+      <c r="O18" s="41"/>
+      <c r="P18" s="41"/>
+      <c r="Q18" s="41"/>
+      <c r="R18" s="41"/>
+      <c r="S18" s="41"/>
+      <c r="T18" s="41"/>
+      <c r="U18" s="41"/>
+      <c r="V18" s="41"/>
+      <c r="W18" s="41"/>
+      <c r="X18" s="41"/>
+      <c r="Y18" s="67"/>
+    </row>
+    <row r="19" spans="1:26" ht="15">
+      <c r="A19" s="42"/>
+      <c r="B19" s="159" t="s">
+        <v>88</v>
+      </c>
+      <c r="C19" s="157" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" s="265" t="s">
+        <v>107</v>
+      </c>
+      <c r="E19" s="265"/>
+      <c r="F19" s="184"/>
+      <c r="G19" s="42"/>
+      <c r="H19" s="42"/>
+      <c r="I19" s="42"/>
+      <c r="J19" s="42"/>
+      <c r="K19" s="42"/>
+      <c r="L19" s="42"/>
+      <c r="M19" s="42"/>
+      <c r="N19" s="42"/>
+      <c r="O19" s="42"/>
+      <c r="P19" s="42"/>
+      <c r="Q19" s="42"/>
+      <c r="R19" s="42"/>
+      <c r="S19" s="42"/>
+      <c r="T19" s="42"/>
+      <c r="U19" s="42"/>
+      <c r="V19" s="42"/>
+      <c r="W19" s="42"/>
+      <c r="X19" s="42"/>
+      <c r="Y19" s="67"/>
+    </row>
+    <row r="20" spans="1:26" ht="25.5" customHeight="1">
+      <c r="A20" s="75"/>
+      <c r="B20" s="164">
         <v>1</v>
       </c>
-      <c r="C20" s="174" t="s">
+      <c r="C20" s="165" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" s="266" t="s">
+        <v>267</v>
+      </c>
+      <c r="E20" s="266"/>
+      <c r="F20" s="84"/>
+      <c r="G20" s="41"/>
+      <c r="H20" s="41"/>
+      <c r="I20" s="41"/>
+      <c r="J20" s="41"/>
+      <c r="K20" s="41"/>
+      <c r="L20" s="41"/>
+      <c r="M20" s="41"/>
+      <c r="N20" s="41"/>
+      <c r="O20" s="41"/>
+      <c r="P20" s="41"/>
+      <c r="Q20" s="41"/>
+      <c r="R20" s="41"/>
+      <c r="S20" s="41"/>
+      <c r="T20" s="41"/>
+      <c r="U20" s="41"/>
+      <c r="V20" s="41"/>
+      <c r="W20" s="41"/>
+      <c r="X20" s="41"/>
+      <c r="Y20" s="67"/>
+    </row>
+    <row r="21" spans="1:26" ht="27" customHeight="1">
+      <c r="A21" s="75"/>
+      <c r="B21" s="164">
+        <v>2</v>
+      </c>
+      <c r="C21" s="165" t="s">
+        <v>104</v>
+      </c>
+      <c r="D21" s="257" t="s">
+        <v>105</v>
+      </c>
+      <c r="E21" s="258"/>
+      <c r="F21" s="84"/>
+      <c r="G21" s="41"/>
+      <c r="H21" s="41"/>
+      <c r="I21" s="41"/>
+      <c r="J21" s="41"/>
+      <c r="K21" s="41"/>
+      <c r="L21" s="41"/>
+      <c r="M21" s="41"/>
+      <c r="N21" s="41"/>
+      <c r="O21" s="41"/>
+      <c r="P21" s="41"/>
+      <c r="Q21" s="41"/>
+      <c r="R21" s="41"/>
+      <c r="S21" s="41"/>
+      <c r="T21" s="41"/>
+      <c r="U21" s="41"/>
+      <c r="V21" s="41"/>
+      <c r="W21" s="41"/>
+      <c r="X21" s="41"/>
+      <c r="Y21" s="67"/>
+    </row>
+    <row r="22" spans="1:26" ht="25.5" customHeight="1">
+      <c r="A22" s="75"/>
+      <c r="B22" s="164">
+        <v>3</v>
+      </c>
+      <c r="C22" s="165" t="s">
+        <v>132</v>
+      </c>
+      <c r="D22" s="257" t="s">
+        <v>106</v>
+      </c>
+      <c r="E22" s="258"/>
+      <c r="F22" s="84"/>
+      <c r="G22" s="41"/>
+      <c r="H22" s="41"/>
+      <c r="I22" s="41"/>
+      <c r="J22" s="41"/>
+      <c r="K22" s="41"/>
+      <c r="L22" s="41"/>
+      <c r="M22" s="41"/>
+      <c r="N22" s="41"/>
+      <c r="O22" s="41"/>
+      <c r="P22" s="41"/>
+      <c r="Q22" s="41"/>
+      <c r="R22" s="41"/>
+      <c r="S22" s="41"/>
+      <c r="T22" s="41"/>
+      <c r="U22" s="41"/>
+      <c r="V22" s="41"/>
+      <c r="W22" s="41"/>
+      <c r="X22" s="41"/>
+      <c r="Y22" s="67"/>
+    </row>
+    <row r="23" spans="1:26" ht="42.65" customHeight="1">
+      <c r="A23" s="75"/>
+      <c r="B23" s="164">
+        <v>4</v>
+      </c>
+      <c r="C23" s="165" t="s">
+        <v>156</v>
+      </c>
+      <c r="D23" s="171" t="s">
+        <v>157</v>
+      </c>
+      <c r="E23" s="172"/>
+      <c r="F23" s="84"/>
+      <c r="G23" s="41"/>
+      <c r="H23" s="41"/>
+      <c r="I23" s="41"/>
+      <c r="J23" s="41"/>
+      <c r="K23" s="41"/>
+      <c r="L23" s="41"/>
+      <c r="M23" s="41"/>
+      <c r="N23" s="41"/>
+      <c r="O23" s="41"/>
+      <c r="P23" s="41"/>
+      <c r="Q23" s="41"/>
+      <c r="R23" s="41"/>
+      <c r="S23" s="41"/>
+      <c r="T23" s="41"/>
+      <c r="U23" s="41"/>
+      <c r="V23" s="41"/>
+      <c r="W23" s="41"/>
+      <c r="X23" s="41"/>
+      <c r="Y23" s="67"/>
+    </row>
+    <row r="24" spans="1:26" ht="37.5">
+      <c r="A24" s="75"/>
+      <c r="B24" s="164">
+        <v>5</v>
+      </c>
+      <c r="C24" s="165" t="s">
+        <v>187</v>
+      </c>
+      <c r="D24" s="257" t="s">
+        <v>270</v>
+      </c>
+      <c r="E24" s="258"/>
+      <c r="F24" s="84"/>
+      <c r="G24" s="41"/>
+      <c r="H24" s="41"/>
+      <c r="I24" s="41"/>
+      <c r="J24" s="41"/>
+      <c r="K24" s="41"/>
+      <c r="L24" s="41"/>
+      <c r="M24" s="41"/>
+      <c r="N24" s="41"/>
+      <c r="O24" s="41"/>
+      <c r="P24" s="41"/>
+      <c r="Q24" s="41"/>
+      <c r="R24" s="41"/>
+      <c r="S24" s="41"/>
+      <c r="T24" s="41"/>
+      <c r="U24" s="41"/>
+      <c r="V24" s="41"/>
+      <c r="W24" s="41"/>
+      <c r="X24" s="41"/>
+      <c r="Y24" s="67"/>
+    </row>
+    <row r="25" spans="1:26" ht="20.149999999999999" customHeight="1">
+      <c r="A25" s="75"/>
+      <c r="B25" s="164">
+        <v>6</v>
+      </c>
+      <c r="C25" s="165" t="s">
+        <v>93</v>
+      </c>
+      <c r="D25" s="257" t="s">
+        <v>269</v>
+      </c>
+      <c r="E25" s="258"/>
+      <c r="F25" s="84"/>
+      <c r="G25" s="41"/>
+      <c r="H25" s="41"/>
+      <c r="I25" s="41"/>
+      <c r="J25" s="41"/>
+      <c r="K25" s="41"/>
+      <c r="L25" s="41"/>
+      <c r="M25" s="41"/>
+      <c r="N25" s="41"/>
+      <c r="O25" s="41"/>
+      <c r="P25" s="41"/>
+      <c r="Q25" s="41"/>
+      <c r="R25" s="41"/>
+      <c r="S25" s="41"/>
+      <c r="T25" s="41"/>
+      <c r="U25" s="41"/>
+      <c r="V25" s="41"/>
+      <c r="W25" s="41"/>
+      <c r="X25" s="41"/>
+      <c r="Y25" s="67"/>
+    </row>
+    <row r="26" spans="1:26" ht="31.5" customHeight="1">
+      <c r="A26" s="75"/>
+      <c r="B26" s="164">
+        <v>7</v>
+      </c>
+      <c r="C26" s="165" t="s">
+        <v>131</v>
+      </c>
+      <c r="D26" s="257" t="s">
+        <v>268</v>
+      </c>
+      <c r="E26" s="258"/>
+      <c r="F26" s="84"/>
+      <c r="G26" s="41"/>
+      <c r="H26" s="41"/>
+      <c r="I26" s="41"/>
+      <c r="J26" s="41"/>
+      <c r="K26" s="41"/>
+      <c r="L26" s="41"/>
+      <c r="M26" s="41"/>
+      <c r="N26" s="41"/>
+      <c r="O26" s="41"/>
+      <c r="P26" s="41"/>
+      <c r="Q26" s="41"/>
+      <c r="R26" s="41"/>
+      <c r="S26" s="41"/>
+      <c r="T26" s="41"/>
+      <c r="U26" s="41"/>
+      <c r="V26" s="41"/>
+      <c r="W26" s="41"/>
+      <c r="X26" s="41"/>
+      <c r="Y26" s="67"/>
+    </row>
+    <row r="27" spans="1:26" ht="25" customHeight="1">
+      <c r="A27" s="75"/>
+      <c r="B27" s="164">
+        <v>8</v>
+      </c>
+      <c r="C27" s="165" t="s">
+        <v>155</v>
+      </c>
+      <c r="D27" s="257" t="s">
+        <v>186</v>
+      </c>
+      <c r="E27" s="258"/>
+      <c r="F27" s="84"/>
+      <c r="G27" s="41"/>
+      <c r="H27" s="41"/>
+      <c r="I27" s="41"/>
+      <c r="J27" s="41"/>
+      <c r="K27" s="41"/>
+      <c r="L27" s="41"/>
+      <c r="M27" s="41"/>
+      <c r="N27" s="41"/>
+      <c r="O27" s="41"/>
+      <c r="P27" s="41"/>
+      <c r="Q27" s="41"/>
+      <c r="R27" s="41"/>
+      <c r="S27" s="41"/>
+      <c r="T27" s="41"/>
+      <c r="U27" s="41"/>
+      <c r="V27" s="41"/>
+      <c r="W27" s="41"/>
+      <c r="X27" s="41"/>
+      <c r="Y27" s="67"/>
+    </row>
+    <row r="28" spans="1:26" ht="25" customHeight="1">
+      <c r="A28" s="75"/>
+      <c r="B28" s="164">
+        <v>9</v>
+      </c>
+      <c r="C28" s="165" t="s">
+        <v>159</v>
+      </c>
+      <c r="D28" s="171" t="s">
+        <v>158</v>
+      </c>
+      <c r="E28" s="172"/>
+      <c r="F28" s="84"/>
+      <c r="G28" s="41"/>
+      <c r="H28" s="41"/>
+      <c r="I28" s="41"/>
+      <c r="J28" s="41"/>
+      <c r="K28" s="41"/>
+      <c r="L28" s="41"/>
+      <c r="M28" s="41"/>
+      <c r="N28" s="41"/>
+      <c r="O28" s="41"/>
+      <c r="P28" s="41"/>
+      <c r="Q28" s="41"/>
+      <c r="R28" s="41"/>
+      <c r="S28" s="67"/>
+    </row>
+    <row r="29" spans="1:26" ht="25" customHeight="1">
+      <c r="A29" s="75"/>
+      <c r="B29" s="164">
+        <v>9</v>
+      </c>
+      <c r="C29" s="165" t="s">
+        <v>317</v>
+      </c>
+      <c r="D29" s="257" t="s">
+        <v>318</v>
+      </c>
+      <c r="E29" s="258"/>
+      <c r="F29" s="84"/>
+      <c r="G29" s="41"/>
+      <c r="H29" s="41"/>
+      <c r="I29" s="41"/>
+      <c r="J29" s="41"/>
+      <c r="K29" s="41"/>
+      <c r="L29" s="41"/>
+      <c r="M29" s="41"/>
+      <c r="N29" s="41"/>
+      <c r="O29" s="41"/>
+      <c r="P29" s="41"/>
+      <c r="Q29" s="41"/>
+      <c r="R29" s="41"/>
+      <c r="S29" s="67"/>
+    </row>
+    <row r="30" spans="1:26" ht="15">
+      <c r="A30" s="75"/>
+      <c r="B30" s="75"/>
+      <c r="C30" s="41"/>
+      <c r="D30" s="41"/>
+      <c r="E30" s="41"/>
+      <c r="F30" s="41"/>
+      <c r="G30" s="41"/>
+      <c r="H30" s="41"/>
+      <c r="I30" s="41"/>
+      <c r="J30" s="41"/>
+      <c r="K30" s="41"/>
+      <c r="L30" s="41"/>
+      <c r="M30" s="41"/>
+      <c r="N30" s="41"/>
+      <c r="O30" s="41"/>
+      <c r="P30" s="41"/>
+      <c r="Q30" s="41"/>
+      <c r="R30" s="41"/>
+      <c r="S30" s="41"/>
+      <c r="T30" s="41"/>
+      <c r="U30" s="41"/>
+      <c r="V30" s="41"/>
+      <c r="W30" s="41"/>
+      <c r="X30" s="41"/>
+      <c r="Y30" s="67"/>
+      <c r="Z30" s="41"/>
+    </row>
+    <row r="31" spans="1:26" ht="16.5" customHeight="1">
+      <c r="A31" s="75"/>
+      <c r="B31" s="260" t="s">
+        <v>36</v>
+      </c>
+      <c r="C31" s="260"/>
+      <c r="D31" s="80"/>
+      <c r="E31" s="42"/>
+      <c r="F31" s="41"/>
+      <c r="G31" s="41"/>
+      <c r="H31" s="41"/>
+      <c r="I31" s="41"/>
+      <c r="J31" s="41"/>
+      <c r="K31" s="41"/>
+      <c r="L31" s="41"/>
+      <c r="M31" s="41"/>
+      <c r="N31" s="41"/>
+      <c r="O31" s="41"/>
+      <c r="P31" s="41"/>
+      <c r="Q31" s="41"/>
+      <c r="R31" s="41"/>
+      <c r="S31" s="41"/>
+      <c r="T31" s="41"/>
+      <c r="U31" s="41"/>
+      <c r="V31" s="41"/>
+      <c r="W31" s="41"/>
+      <c r="X31" s="41"/>
+      <c r="Y31" s="67"/>
+    </row>
+    <row r="32" spans="1:26" ht="15">
+      <c r="A32" s="75"/>
+      <c r="B32" s="159" t="s">
+        <v>88</v>
+      </c>
+      <c r="C32" s="158" t="s">
+        <v>108</v>
+      </c>
+      <c r="D32" s="264" t="s">
+        <v>107</v>
+      </c>
+      <c r="E32" s="264"/>
+      <c r="F32" s="41"/>
+      <c r="G32" s="41"/>
+      <c r="H32" s="41"/>
+      <c r="I32" s="41"/>
+      <c r="J32" s="41"/>
+      <c r="K32" s="41"/>
+      <c r="L32" s="41"/>
+      <c r="M32" s="41"/>
+      <c r="N32" s="41"/>
+      <c r="O32" s="41"/>
+      <c r="P32" s="41"/>
+      <c r="Q32" s="41"/>
+      <c r="R32" s="41"/>
+      <c r="S32" s="41"/>
+      <c r="T32" s="41"/>
+      <c r="U32" s="41"/>
+      <c r="V32" s="41"/>
+      <c r="W32" s="41"/>
+      <c r="X32" s="41"/>
+      <c r="Y32" s="67"/>
+    </row>
+    <row r="33" spans="1:26" ht="15">
+      <c r="A33" s="75"/>
+      <c r="B33" s="164">
+        <v>1</v>
+      </c>
+      <c r="C33" s="166" t="s">
+        <v>16</v>
+      </c>
+      <c r="D33" s="259" t="s">
+        <v>76</v>
+      </c>
+      <c r="E33" s="259"/>
+      <c r="F33" s="41"/>
+      <c r="G33" s="41"/>
+      <c r="H33" s="41"/>
+      <c r="I33" s="41"/>
+      <c r="J33" s="41"/>
+      <c r="K33" s="41"/>
+      <c r="L33" s="41"/>
+      <c r="M33" s="41"/>
+      <c r="N33" s="41"/>
+      <c r="O33" s="41"/>
+      <c r="P33" s="41"/>
+      <c r="Q33" s="41"/>
+      <c r="R33" s="41"/>
+      <c r="S33" s="41"/>
+      <c r="T33" s="41"/>
+      <c r="U33" s="41"/>
+      <c r="V33" s="41"/>
+      <c r="W33" s="41"/>
+      <c r="X33" s="41"/>
+      <c r="Y33" s="67"/>
+    </row>
+    <row r="34" spans="1:26" ht="37.5">
+      <c r="A34" s="75"/>
+      <c r="B34" s="164">
+        <v>2</v>
+      </c>
+      <c r="C34" s="166" t="s">
+        <v>77</v>
+      </c>
+      <c r="D34" s="259" t="s">
         <v>14</v>
       </c>
-      <c r="D20" s="250" t="s">
-[...53 lines deleted...]
-      <c r="B22" s="173">
+      <c r="E34" s="259"/>
+      <c r="F34" s="81"/>
+      <c r="G34" s="41"/>
+      <c r="H34" s="41"/>
+      <c r="I34" s="41"/>
+      <c r="J34" s="41"/>
+      <c r="K34" s="41"/>
+      <c r="L34" s="41"/>
+      <c r="M34" s="41"/>
+      <c r="N34" s="41"/>
+      <c r="O34" s="41"/>
+      <c r="P34" s="41"/>
+      <c r="Q34" s="41"/>
+      <c r="R34" s="41"/>
+      <c r="S34" s="41"/>
+      <c r="T34" s="41"/>
+      <c r="U34" s="41"/>
+      <c r="V34" s="41"/>
+      <c r="W34" s="41"/>
+      <c r="X34" s="41"/>
+      <c r="Y34" s="67"/>
+    </row>
+    <row r="35" spans="1:26" ht="50.5">
+      <c r="A35" s="75"/>
+      <c r="B35" s="164">
         <v>3</v>
       </c>
-      <c r="C22" s="178" t="s">
-[...302 lines deleted...]
-      <c r="U32" s="45"/>
+      <c r="C35" s="173" t="s">
+        <v>129</v>
+      </c>
+      <c r="D35" s="259" t="s">
+        <v>130</v>
+      </c>
+      <c r="E35" s="259"/>
+      <c r="F35" s="41"/>
+      <c r="G35" s="41"/>
+      <c r="H35" s="41"/>
+      <c r="I35" s="41"/>
+      <c r="J35" s="41"/>
+      <c r="K35" s="41"/>
+      <c r="L35" s="41"/>
+      <c r="M35" s="41"/>
+      <c r="N35" s="41"/>
+      <c r="O35" s="41"/>
+      <c r="P35" s="41"/>
+      <c r="Q35" s="41"/>
+      <c r="R35" s="41"/>
+      <c r="S35" s="41"/>
+      <c r="T35" s="41"/>
+      <c r="U35" s="41"/>
+      <c r="V35" s="41"/>
+      <c r="W35" s="41"/>
+      <c r="X35" s="41"/>
+      <c r="Y35" s="67"/>
+      <c r="Z35" s="41"/>
+    </row>
+    <row r="36" spans="1:26">
+      <c r="A36" s="67"/>
+      <c r="B36" s="67"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="67"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="67"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="67"/>
+      <c r="I36" s="67"/>
+      <c r="J36" s="67"/>
+      <c r="K36" s="67"/>
+      <c r="L36" s="67"/>
+      <c r="M36" s="67"/>
+      <c r="N36" s="67"/>
+    </row>
+    <row r="37" spans="1:26">
+      <c r="A37" s="67"/>
+      <c r="B37" s="67"/>
+      <c r="C37" s="67"/>
+      <c r="D37" s="67"/>
+      <c r="E37" s="67"/>
+      <c r="F37" s="67"/>
+      <c r="G37" s="67"/>
+      <c r="H37" s="67"/>
+      <c r="I37" s="67"/>
+      <c r="J37" s="67"/>
+      <c r="K37" s="67"/>
+      <c r="L37" s="67"/>
+      <c r="M37" s="67"/>
+      <c r="N37" s="67"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="M0lhoEcgtJ67g6pY2bw6CMgU7GqTXItvcaWz+8m1HCAV015Cu/wApdynYJz/CVl6GmKAcBCKe0ZOKpTV2ro+kA==" saltValue="Piw8BM7Sb9TERN4hagFq5A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A20:V28">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A20:AA31">
     <sortCondition ref="A20"/>
   </sortState>
-  <mergeCells count="17">
-[...3 lines deleted...]
-    <mergeCell ref="D31:E31"/>
+  <mergeCells count="18">
     <mergeCell ref="D1:F3"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="B15:C16"/>
-    <mergeCell ref="D29:E29"/>
-    <mergeCell ref="D30:E30"/>
+    <mergeCell ref="D32:E32"/>
+    <mergeCell ref="D33:E33"/>
     <mergeCell ref="D19:E19"/>
     <mergeCell ref="D20:E20"/>
     <mergeCell ref="D25:E25"/>
     <mergeCell ref="D26:E26"/>
     <mergeCell ref="D21:E21"/>
     <mergeCell ref="D22:E22"/>
-    <mergeCell ref="D23:E23"/>
     <mergeCell ref="D24:E24"/>
+    <mergeCell ref="D27:E27"/>
+    <mergeCell ref="D29:E29"/>
+    <mergeCell ref="D35:E35"/>
+    <mergeCell ref="B18:C18"/>
+    <mergeCell ref="B31:C31"/>
+    <mergeCell ref="D34:E34"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C20" r:id="rId1" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
     <hyperlink ref="C25" r:id="rId2" display="http://www.sans.org/critical-security-controls/ " xr:uid="{00000000-0004-0000-0500-000001000000}"/>
-    <hyperlink ref="C23" r:id="rId3" xr:uid="{00000000-0004-0000-0500-000002000000}"/>
-[...6 lines deleted...]
-    <hyperlink ref="C30" r:id="rId10" xr:uid="{00000000-0004-0000-0500-000009000000}"/>
+    <hyperlink ref="C34" r:id="rId3" location="q=cyber%20security%20program&amp;sort=relevancy&amp;f:Language=[English]" xr:uid="{00000000-0004-0000-0500-000003000000}"/>
+    <hyperlink ref="C22" r:id="rId4" xr:uid="{00000000-0004-0000-0500-000004000000}"/>
+    <hyperlink ref="C24" r:id="rId5" xr:uid="{00000000-0004-0000-0500-000005000000}"/>
+    <hyperlink ref="C26" r:id="rId6" xr:uid="{00000000-0004-0000-0500-000006000000}"/>
+    <hyperlink ref="C21" r:id="rId7" xr:uid="{00000000-0004-0000-0500-000007000000}"/>
+    <hyperlink ref="C35" r:id="rId8" xr:uid="{00000000-0004-0000-0500-000008000000}"/>
+    <hyperlink ref="C33" r:id="rId9" xr:uid="{00000000-0004-0000-0500-000009000000}"/>
+    <hyperlink ref="C27" r:id="rId10" xr:uid="{86C1B674-E874-4947-8525-438F9F3113B6}"/>
+    <hyperlink ref="C23" r:id="rId11" xr:uid="{EF8318FE-C0C8-4A03-A515-C2C89864AEF9}"/>
+    <hyperlink ref="C28" r:id="rId12" xr:uid="{F0366720-F74D-40A8-9407-05826D1887F3}"/>
+    <hyperlink ref="C29" r:id="rId13" xr:uid="{EBD28B12-C533-4B00-A15B-13A020B9A8D3}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId11"/>
-  <drawing r:id="rId12"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId14"/>
+  <headerFooter>
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Intern gebruik</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId15"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{78C0D931-6437-407d-A8EE-F0AAD7539E65}">
       <x14:conditionalFormattings>
         <x14:conditionalFormatting xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main">
           <x14:cfRule type="containsText" priority="1" operator="containsText" id="{0C5BCB28-720F-4C24-889E-5BA15DED5FB2}">
             <xm:f>NOT(ISERROR(SEARCH("+",D15)))</xm:f>
             <xm:f>"+"</xm:f>
             <x14:dxf>
               <fill>
                 <gradientFill degree="135">
                   <stop position="0">
                     <color theme="0"/>
                   </stop>
                   <stop position="1">
                     <color rgb="FF92D050"/>
                   </stop>
                 </gradientFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <x14:cfRule type="containsText" priority="2" operator="containsText" id="{2A415B88-281D-4834-A6A4-AA86B73B1FA7}">
             <xm:f>NOT(ISERROR(SEARCH("-",D15)))</xm:f>
             <xm:f>"-"</xm:f>
             <x14:dxf>
               <fill>
@@ -10898,524 +10857,534 @@
                     <color theme="0"/>
                   </stop>
                   <stop position="1">
                     <color rgb="FF92D050"/>
                   </stop>
                 </gradientFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
           <x14:cfRule type="containsText" priority="124" operator="containsText" id="{98A7C9CF-2E55-304D-8D88-5BDE3243B959}">
             <xm:f>NOT(ISERROR(SEARCH("-",D6)))</xm:f>
             <xm:f>"-"</xm:f>
             <x14:dxf>
               <fill>
                 <gradientFill degree="135">
                   <stop position="0">
                     <color theme="0"/>
                   </stop>
                   <stop position="1">
                     <color rgb="FFEC7474"/>
                   </stop>
                 </gradientFill>
               </fill>
             </x14:dxf>
           </x14:cfRule>
-          <xm:sqref>D6:J12</xm:sqref>
+          <xm:sqref>D6:M12</xm:sqref>
         </x14:conditionalFormatting>
       </x14:conditionalFormattings>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-  <sheetPr codeName="Blad6"/>
+  <sheetPr codeName="Blad6">
+    <tabColor rgb="FFFFFF00"/>
+  </sheetPr>
   <dimension ref="A1:E22"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...3 lines deleted...]
-      <selection pane="bottomRight" activeCell="D16" sqref="D16"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <pane xSplit="2" ySplit="1" topLeftCell="C2" activePane="bottomRight" state="frozen"/>
+      <selection activeCell="E1" sqref="E1"/>
+      <selection pane="topRight" activeCell="E1" sqref="E1"/>
+      <selection pane="bottomLeft" activeCell="E1" sqref="E1"/>
+      <selection pane="bottomRight" activeCell="C6" sqref="C6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.81640625" defaultRowHeight="12.5"/>
   <cols>
-    <col min="1" max="1" width="17" style="1" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="7.26953125" style="1" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="23.81640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="7.1796875" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="29.453125" style="1" customWidth="1"/>
     <col min="4" max="4" width="34.1796875" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="24.81640625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="8.81640625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="13" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:5" ht="13">
       <c r="A1" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B1" s="3" t="s">
         <v>28</v>
       </c>
-      <c r="B1" s="3" t="s">
+      <c r="C1" s="3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D1" s="3" t="s">
         <v>29</v>
       </c>
-      <c r="C1" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D1" s="3" t="s">
+      <c r="E1" s="4" t="s">
         <v>30</v>
       </c>
-      <c r="E1" s="4" t="s">
-[...3 lines deleted...]
-    <row r="2" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+    </row>
+    <row r="2" spans="1:5" ht="37.5">
       <c r="A2" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B2" s="5">
         <v>7</v>
       </c>
       <c r="C2" s="5" t="str">
         <f>D2</f>
         <v>U lijkt zicht te hebben op uw governance en organisatie risico's en de beheersing daarvan.</v>
       </c>
       <c r="D2" s="6" t="str">
         <f>CONCATENATE("U lijkt zicht te hebben op uw ",A2," risico's en de beheersing daarvan.")</f>
         <v>U lijkt zicht te hebben op uw governance en organisatie risico's en de beheersing daarvan.</v>
       </c>
       <c r="E2" s="5"/>
     </row>
-    <row r="3" spans="1:5" ht="87.5" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:5" ht="87.5">
       <c r="A3" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B3" s="5">
         <v>4</v>
       </c>
       <c r="C3" s="5" t="str">
-        <f>CONCATENATE(D3," ",'Mapping standaarden'!T6," ",E3)</f>
-        <v>U lijkt uw risico's t.a.v. governance en organisatie niet volledig te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISO/IEC 27002, ISACA COBIT, DNB controls, PCI/DSS en CCM bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D3," ",'Mapping standaarden'!Y6," ",E3)</f>
+        <v>U lijkt uw risico's t.a.v. governance en organisatie niet volledig te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, DNB controls, CIS controls, CCM, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D3" s="5" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A3," niet volledig te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. governance en organisatie niet volledig te beheersen. De normen van</v>
       </c>
       <c r="E3" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:5" ht="87.5" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" ht="87.5">
       <c r="A4" s="15" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B4" s="5">
         <v>0</v>
       </c>
       <c r="C4" s="6" t="str">
-        <f>CONCATENATE(D4," ",'Mapping standaarden'!T6," ",E4)</f>
-        <v>U lijkt uw risico's t.a.v. governance en organisatie niet te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISO/IEC 27002, ISACA COBIT, DNB controls, PCI/DSS en CCM bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D4," ",'Mapping standaarden'!Y6," ",E4)</f>
+        <v>U lijkt uw risico's t.a.v. governance en organisatie niet te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, DNB controls, CIS controls, CCM, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D4" s="6" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A4," niet te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. governance en organisatie niet te beheersen. De normen van</v>
       </c>
       <c r="E4" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" ht="37.5">
       <c r="A5" s="15" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5">
         <v>7</v>
       </c>
       <c r="C5" s="5" t="str">
         <f>D5</f>
         <v>U lijkt zicht te hebben op uw gedrag en cultuur risico's en de beheersing daarvan.</v>
       </c>
       <c r="D5" s="6" t="str">
         <f>CONCATENATE("U lijkt zicht te hebben op uw ",A5," risico's en de beheersing daarvan.")</f>
         <v>U lijkt zicht te hebben op uw gedrag en cultuur risico's en de beheersing daarvan.</v>
       </c>
       <c r="E5" s="5"/>
     </row>
-    <row r="6" spans="1:5" ht="62.5" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:5" ht="62.5">
       <c r="A6" s="15" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B6" s="5">
         <v>4</v>
       </c>
       <c r="C6" s="5" t="str">
-        <f>CONCATENATE(D6," ",'Mapping standaarden'!T7," ",E6)</f>
-        <v>U lijkt uw risico's t.a.v. gedrag en cultuur niet volledig te beheersen. De normen van NIST CSF, ISACA COBIT, CIS controls en CCM bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D6," ",'Mapping standaarden'!Y7," ",E6)</f>
+        <v>U lijkt uw risico's t.a.v. gedrag en cultuur niet volledig te beheersen. De normen van NIST CSF, ISACA COBIT, CIS controls, CCM, NIS2 en  bieden hier handvatten voor.</v>
       </c>
       <c r="D6" s="5" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A6," niet volledig te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. gedrag en cultuur niet volledig te beheersen. De normen van</v>
       </c>
       <c r="E6" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:5" ht="62.5" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" ht="62.5">
       <c r="A7" s="15" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B7" s="5">
         <v>0</v>
       </c>
       <c r="C7" s="6" t="str">
-        <f>CONCATENATE(D7," ",'Mapping standaarden'!T7," ",E7)</f>
-        <v>U lijkt uw risico's t.a.v. gedrag en cultuur niet te beheersen. De normen van NIST CSF, ISACA COBIT, CIS controls en CCM bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D7," ",'Mapping standaarden'!Y7," ",E7)</f>
+        <v>U lijkt uw risico's t.a.v. gedrag en cultuur niet te beheersen. De normen van NIST CSF, ISACA COBIT, CIS controls, CCM, NIS2 en  bieden hier handvatten voor.</v>
       </c>
       <c r="D7" s="6" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A7," niet te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. gedrag en cultuur niet te beheersen. De normen van</v>
       </c>
       <c r="E7" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" ht="37.5">
       <c r="A8" s="15" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B8" s="5">
         <v>7</v>
       </c>
       <c r="C8" s="5" t="str">
         <f>D8</f>
         <v>U lijkt zicht te hebben op uw waardeketen en stakeholders risico's en de beheersing daarvan.</v>
       </c>
       <c r="D8" s="6" t="str">
         <f>CONCATENATE("U lijkt zicht te hebben op uw ",A8," risico's en de beheersing daarvan.")</f>
         <v>U lijkt zicht te hebben op uw waardeketen en stakeholders risico's en de beheersing daarvan.</v>
       </c>
       <c r="E8" s="5"/>
     </row>
-    <row r="9" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:5" ht="75">
       <c r="A9" s="15" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B9" s="5">
         <v>4</v>
       </c>
       <c r="C9" s="5" t="str">
-        <f>CONCATENATE(D9," ",'Mapping standaarden'!T8," ",E9)</f>
-        <v>U lijkt uw risico's t.a.v. waardeketen en stakeholders niet volledig te beheersen. De normen van ISACA COBIT, DNB controls, PCI/DSS en CCM bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D9," ",'Mapping standaarden'!Y8," ",E9)</f>
+        <v>U lijkt uw risico's t.a.v. waardeketen en stakeholders niet volledig te beheersen. De normen van ISACA COBIT, DNB controls, PCI/DSS, CCM, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D9" s="5" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A9," niet volledig te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. waardeketen en stakeholders niet volledig te beheersen. De normen van</v>
       </c>
       <c r="E9" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" ht="75">
       <c r="A10" s="15" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B10" s="5">
         <v>0</v>
       </c>
       <c r="C10" s="6" t="str">
-        <f>CONCATENATE(D10," ",'Mapping standaarden'!T8," ",E10)</f>
-        <v>U lijkt uw risico's  t.a.v. waardeketen en stakeholders niet te beheersen. De normen van ISACA COBIT, DNB controls, PCI/DSS en CCM bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D10," ",'Mapping standaarden'!Y8," ",E10)</f>
+        <v>U lijkt uw risico's  t.a.v. waardeketen en stakeholders niet te beheersen. De normen van ISACA COBIT, DNB controls, PCI/DSS, CCM, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D10" s="6" t="str">
         <f>CONCATENATE("U lijkt uw risico's  t.a.v. ",A10," niet te beheersen. De normen van")</f>
         <v>U lijkt uw risico's  t.a.v. waardeketen en stakeholders niet te beheersen. De normen van</v>
       </c>
       <c r="E10" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" ht="37.5">
       <c r="A11" s="15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B11" s="5">
         <v>7</v>
       </c>
       <c r="C11" s="5" t="str">
         <f>D11</f>
         <v>U lijkt zicht te hebben op uw technologielandschap risico's en de beheersing daarvan.</v>
       </c>
       <c r="D11" s="6" t="str">
         <f>CONCATENATE("U lijkt zicht te hebben op uw ",A11," risico's en de beheersing daarvan.")</f>
         <v>U lijkt zicht te hebben op uw technologielandschap risico's en de beheersing daarvan.</v>
       </c>
       <c r="E11" s="5"/>
     </row>
-    <row r="12" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:5" ht="75">
       <c r="A12" s="15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B12" s="5">
         <v>4</v>
       </c>
       <c r="C12" s="5" t="str">
-        <f>CONCATENATE(D12," ",'Mapping standaarden'!T9," ",E12)</f>
-        <v>U lijkt uw risico's t.a.v. technologielandschap niet volledig te beheersen. De normen van NIST CSF, ISACA COBIT, DNB controls en CIS controls bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D12," ",'Mapping standaarden'!Y9," ",E12)</f>
+        <v>U lijkt uw risico's t.a.v. technologielandschap niet volledig te beheersen. De normen van NIST CSF, ISACA COBIT, DNB controls, CIS controls, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D12" s="5" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A12," niet volledig te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. technologielandschap niet volledig te beheersen. De normen van</v>
       </c>
       <c r="E12" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" ht="75">
       <c r="A13" s="15" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B13" s="5">
         <v>0</v>
       </c>
       <c r="C13" s="6" t="str">
-        <f>CONCATENATE(D13," ",'Mapping standaarden'!T9," ",E13)</f>
-        <v>U lijkt uw risico's t.a.v. technologielandschap niet te beheersen. De normen van NIST CSF, ISACA COBIT, DNB controls en CIS controls bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D13," ",'Mapping standaarden'!Y9," ",E13)</f>
+        <v>U lijkt uw risico's t.a.v. technologielandschap niet te beheersen. De normen van NIST CSF, ISACA COBIT, DNB controls, CIS controls, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D13" s="6" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A13," niet te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. technologielandschap niet te beheersen. De normen van</v>
       </c>
       <c r="E13" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" ht="37.5">
       <c r="A14" s="15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B14" s="5">
         <v>7</v>
       </c>
       <c r="C14" s="5" t="str">
         <f>D14</f>
         <v>U lijkt zicht te hebben op uw wet- en regelgeving risico's en de beheersing daarvan.</v>
       </c>
       <c r="D14" s="6" t="str">
         <f>CONCATENATE("U lijkt zicht te hebben op uw ",A14," risico's en de beheersing daarvan.")</f>
         <v>U lijkt zicht te hebben op uw wet- en regelgeving risico's en de beheersing daarvan.</v>
       </c>
       <c r="E14" s="5"/>
     </row>
-    <row r="15" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:5" ht="75">
       <c r="A15" s="15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15" s="5">
         <v>4</v>
       </c>
       <c r="C15" s="5" t="str">
-        <f>CONCATENATE(D15," ",'Mapping standaarden'!T10," ",E15)</f>
-        <v>U lijkt uw risico's t.a.v. wet- en regelgeving niet volledig te beheersen. De normen van NIST CSF, ISACA COBIT en DNB controls bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D15," ",'Mapping standaarden'!Y10," ",E15)</f>
+        <v>U lijkt uw risico's t.a.v. wet- en regelgeving niet volledig te beheersen. De normen van NIST CSF, ISACA COBIT, DNB controls, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D15" s="5" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A15," niet volledig te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. wet- en regelgeving niet volledig te beheersen. De normen van</v>
       </c>
       <c r="E15" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:5" ht="62.5" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" ht="62.5">
       <c r="A16" s="15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B16" s="5">
         <v>0</v>
       </c>
       <c r="C16" s="6" t="str">
-        <f>CONCATENATE(D16," ",'Mapping standaarden'!T10," ",E16)</f>
-        <v>U lijkt uw risico's t.a.v. wet- en regelgeving niet te beheersen. De normen van NIST CSF, ISACA COBIT en DNB controls bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D16," ",'Mapping standaarden'!Y10," ",E16)</f>
+        <v>U lijkt uw risico's t.a.v. wet- en regelgeving niet te beheersen. De normen van NIST CSF, ISACA COBIT, DNB controls, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D16" s="6" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A16," niet te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. wet- en regelgeving niet te beheersen. De normen van</v>
       </c>
       <c r="E16" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:5" ht="37.5" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" ht="37.5">
       <c r="A17" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B17" s="5">
         <v>7</v>
       </c>
       <c r="C17" s="5" t="str">
         <f>D17</f>
         <v>U lijkt zicht te hebben op uw detectie risico's en de beheersing daarvan.</v>
       </c>
       <c r="D17" s="6" t="str">
         <f>CONCATENATE("U lijkt zicht te hebben op uw ",A17," risico's en de beheersing daarvan.")</f>
         <v>U lijkt zicht te hebben op uw detectie risico's en de beheersing daarvan.</v>
       </c>
       <c r="E17" s="5"/>
     </row>
-    <row r="18" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:5" ht="75">
       <c r="A18" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B18" s="5">
         <v>4</v>
       </c>
       <c r="C18" s="5" t="str">
-        <f>CONCATENATE(D18," ",'Mapping standaarden'!T11," ",E18)</f>
-        <v>U lijkt uw risico's t.a.v. detectie niet volledig te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, DNB controls, PCI/DSS en CIS controls bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D18," ",'Mapping standaarden'!Y11," ",E18)</f>
+        <v>U lijkt uw risico's t.a.v. detectie niet volledig te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, DNB controls, PCI/DSS en CIS controls, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D18" s="5" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A18," niet volledig te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. detectie niet volledig te beheersen. De normen van</v>
       </c>
       <c r="E18" s="15" t="s">
-        <v>193</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:5" ht="75" x14ac:dyDescent="0.25">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" ht="75">
       <c r="A19" s="5" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B19" s="5">
         <v>0</v>
       </c>
       <c r="C19" s="6" t="str">
-        <f>CONCATENATE(D19," ",'Mapping standaarden'!T11," ",E19)</f>
-        <v>U lijkt uw risico's t.a.v. detectie niet te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, DNB controls, PCI/DSS en CIS controls bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D19," ",'Mapping standaarden'!Y11," ",E19)</f>
+        <v>U lijkt uw risico's t.a.v. detectie niet te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, DNB controls, PCI/DSS en CIS controls, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D19" s="6" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A19," niet te beheersen. De normen van")</f>
         <v>U lijkt uw risico's t.a.v. detectie niet te beheersen. De normen van</v>
       </c>
       <c r="E19" s="15" t="s">
-        <v>193</v>
-[...4 lines deleted...]
-        <v>46</v>
+        <v>126</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" ht="37.5">
+      <c r="A20" s="15" t="s">
+        <v>173</v>
       </c>
       <c r="B20" s="5">
         <v>7</v>
       </c>
       <c r="C20" s="5" t="str">
         <f>D20</f>
-        <v>U lijkt zicht te hebben op uw reactie risico's en de beheersing daarvan.</v>
+        <v>U lijkt zicht te hebben op uw reactie &amp; herstel risico's en de beheersing daarvan.</v>
       </c>
       <c r="D20" s="6" t="str">
         <f>CONCATENATE("U lijkt zicht te hebben op uw ",A20," risico's en de beheersing daarvan.")</f>
-        <v>U lijkt zicht te hebben op uw reactie risico's en de beheersing daarvan.</v>
+        <v>U lijkt zicht te hebben op uw reactie &amp; herstel risico's en de beheersing daarvan.</v>
       </c>
       <c r="E20" s="5"/>
     </row>
-    <row r="21" spans="1:5" ht="75" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>46</v>
+    <row r="21" spans="1:5" ht="75">
+      <c r="A21" s="15" t="s">
+        <v>173</v>
       </c>
       <c r="B21" s="5">
         <v>4</v>
       </c>
       <c r="C21" s="5" t="str">
-        <f>CONCATENATE(D21," ",'Mapping standaarden'!T12," ",E21)</f>
-        <v>U lijkt uw risico's t.a.v. reactie niet volledig te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, PCI/DSS en CIS controls bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D21," ",'Mapping standaarden'!Y12," ",E21)</f>
+        <v>U lijkt uw risico's t.a.v. reactie &amp; herstel niet volledig te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, PCI/DSS, CIS controls, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D21" s="5" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A21," niet volledig te beheersen. De normen van")</f>
-        <v>U lijkt uw risico's t.a.v. reactie niet volledig te beheersen. De normen van</v>
+        <v>U lijkt uw risico's t.a.v. reactie &amp; herstel niet volledig te beheersen. De normen van</v>
       </c>
       <c r="E21" s="15" t="s">
-        <v>193</v>
-[...4 lines deleted...]
-        <v>46</v>
+        <v>126</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" ht="75">
+      <c r="A22" s="15" t="s">
+        <v>173</v>
       </c>
       <c r="B22" s="5">
         <v>0</v>
       </c>
       <c r="C22" s="6" t="str">
-        <f>CONCATENATE(D22," ",'Mapping standaarden'!T12," ",E22)</f>
-        <v>U lijkt uw risico's t.a.v. reactie niet te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, PCI/DSS en CIS controls bieden hier handvatten voor.</v>
+        <f>CONCATENATE(D22," ",'Mapping standaarden'!Y12," ",E22)</f>
+        <v>U lijkt uw risico's t.a.v. reactie &amp; herstel niet te beheersen. De normen van NIST CSF, ISO/IEC 27002, ISACA COBIT, PCI/DSS, CIS controls, NIS2 en IIA bieden hier handvatten voor.</v>
       </c>
       <c r="D22" s="6" t="str">
         <f>CONCATENATE("U lijkt uw risico's t.a.v. ",A22," niet te beheersen. De normen van")</f>
-        <v>U lijkt uw risico's t.a.v. reactie niet te beheersen. De normen van</v>
+        <v>U lijkt uw risico's t.a.v. reactie &amp; herstel niet te beheersen. De normen van</v>
       </c>
       <c r="E22" s="15" t="s">
-        <v>193</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="9gf35OZR/4aQnbrH83lwFMbKSWMlq6rYyAHqb/uM2dAoW3KZqAY9M0WiIEgQhofRST8AQIZ+Cw2XOVlsvw+k1A==" saltValue="Mcja4iuHnyxh5NRcNioxuQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="1" type="noConversion"/>
   <conditionalFormatting sqref="E3:E4 E6:E7">
     <cfRule type="cellIs" dxfId="3" priority="9" stopIfTrue="1" operator="equal">
       <formula>"-"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="2" priority="10" stopIfTrue="1" operator="equal">
       <formula>"+"</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E9:E10 E12:E13 E15:E16 E18:E19 E21:E22">
     <cfRule type="cellIs" dxfId="1" priority="1" stopIfTrue="1" operator="equal">
       <formula>"-"</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="2" stopIfTrue="1" operator="equal">
       <formula>"+"</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
-  <headerFooter alignWithMargins="0"/>
+  <headerFooter alignWithMargins="0">
+    <oddFooter>&amp;L_x000D_&amp;1#&amp;"Calibri"&amp;10&amp;K000000 Intern gebruik</oddFooter>
+  </headerFooter>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010023F4D9677B0BF245BF206AD01247AD7B" ma:contentTypeVersion="2" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="aaaba57840d0aa80f1c833a37d2cc51e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f64e99bf-8903-4bba-9777-40a2af46ac83" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0963323d8142ff756a22971f9c262653" ns2:_="">
     <xsd:import namespace="f64e99bf-8903-4bba-9777-40a2af46ac83"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f64e99bf-8903-4bba-9777-40a2af46ac83" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
@@ -11503,105 +11472,105 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{686CCE00-DED9-405D-AA44-F00D0545146F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="f64e99bf-8903-4bba-9777-40a2af46ac83"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5E940111-6CCE-4E9D-AC13-B8782EDCDC3C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f64e99bf-8903-4bba-9777-40a2af46ac83"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E86E171-3BD3-465A-9B62-5849D0E12059}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</ds:datastoreItem>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{681dcdd7-3e43-49fb-ac1e-2321f7e63421}" enabled="1" method="Standard" siteId="{1321633e-f6b9-44e2-a44f-59b9d264ecb7}" contentBits="2" removed="0"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Versiebeheer CSA</vt:lpstr>
       <vt:lpstr>Dashboard</vt:lpstr>
       <vt:lpstr>Bepaal belang (ICR)</vt:lpstr>
       <vt:lpstr>Bepaal beheersing (CSA)</vt:lpstr>
       <vt:lpstr>Bepaal actie</vt:lpstr>