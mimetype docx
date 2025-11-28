--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -1,63 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="139E2E5C" w14:textId="65403E3A" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aanvraagformulier Toelating tot de NOREA </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
@@ -123,199 +119,237 @@
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Een diploma van een door de NOREA erkende post-initiële opleiding IT/EDP-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>auditing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A55B9E2" w14:textId="5C15344B" w:rsidR="00D3750A" w:rsidRDefault="009456D6" w:rsidP="00D3750A">
+    <w:p w14:paraId="2A55B9E2" w14:textId="66CCE048" w:rsidR="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001353BE">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Drie jaar relevante</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>4500</w:t>
-[...23 lines deleted...]
-        <w:t>relevante praktijkervaring als IT-auditor;</w:t>
+        <w:t xml:space="preserve"> praktijkervaring als IT-auditor;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7911099B" w14:textId="63F7B198" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Voldoen aan de vereisten van goed gedrag blijkens een recente</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Voldoen aan de vereisten van goed gedrag </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>blijkens</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> een recente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Verklaring Omtrent Gedrag (VOG).</w:t>
+        <w:t xml:space="preserve"> Verklaring </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Omtrent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gedrag (VOG).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6555930A" w14:textId="398B3666" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
+    <w:p w14:paraId="6555930A" w14:textId="08F8A5A7" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">De inschrijving in het (openbare) RE-register impliceert dat men is gehouden aan de gedragsregels en richtlijnen die gelden voor </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>RE’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Een Verklaring Omtrent het Gedrag kan worden aangevraagd bij de afdeling bevolking van de gemeente waarin men is ingeschreven. Hiervoor is een formulier nodig dat door de NOREA is ingevuld. Het formulier is te </w:t>
+        <w:t xml:space="preserve">. Een Verklaring </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Omtrent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> het Gedrag kan worden aangevraagd bij de afdeling bevolking van de gemeente waarin men is ingeschreven. Hiervoor is een formulier nodig dat door de NOREA is ingevuld. Het formulier is te </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00F54221">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>downloaden</w:t>
         </w:r>
         <w:r w:rsidR="00F54221" w:rsidRPr="00F54221">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t xml:space="preserve"> op de NOREA-website</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00F54221">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EF6DD19" w14:textId="2CB2B608" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
+    <w:p w14:paraId="1EF6DD19" w14:textId="45F7A29A" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">De Commissie van Toelating toetst of aan de voorwaarden is voldaan en beoordeelt de praktijkervaring. Daarom is een beschrijving noodzakelijk van de relevante werkervaring. Deze beschrijving moet ondertekend zijn door een RE. Daarnaast wordt verzocht om de opgave van twee referenties. De Commissie van Toelating kan een nader onderzoek instellen naar de opgegeven ervaring. Voor de beschrijving van de ervaring wordt aanbevolen om het onderstaande ‘format’ te gebruiken dat als bestand (incl. voorbeeld/toelichting) is te </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidRPr="00F54221">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>downloaden op</w:t>
         </w:r>
@@ -413,82 +447,119 @@
             </w:r>
             <w:r w:rsidRPr="00CB7CE6">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>Aspecten; Gebruikte normeringen</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35F9B81C" w14:textId="6BABE860" w:rsidR="0064117E" w:rsidRDefault="00CB7CE6" w:rsidP="00CB7CE6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7CE6">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Scope (</w:t>
+              <w:t xml:space="preserve">Scope </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7CE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(</w:t>
             </w:r>
             <w:r w:rsidRPr="004C481F">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> processen, systemen en infrastructuur)</w:t>
+              <w:t xml:space="preserve"> processen</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="004C481F">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+                <w:i/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>, systemen en infrastructuur)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13C5BE54" w14:textId="77777777" w:rsidR="00CB7CE6" w:rsidRPr="00CB7CE6" w:rsidRDefault="00CB7CE6" w:rsidP="00CB7CE6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB7CE6">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Beschrijving van de door u uitgevoerde onderzoeken. Geef aan hoe de onderzoeken door u zijn uitgevoerd en geef voorbeelden van de door u uitgevoerde IT audit (test) werkzaamheden</w:t>
+              <w:t xml:space="preserve">Beschrijving van de door u uitgevoerde onderzoeken. Geef aan hoe de onderzoeken door u zijn uitgevoerd en geef voorbeelden van de door u uitgevoerde </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00CB7CE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>IT audit</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00CB7CE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (test) werkzaamheden</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4818CDFB" w14:textId="09015926" w:rsidR="0064117E" w:rsidRDefault="0064117E" w:rsidP="00D3750A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1510" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7AA2FEC8" w14:textId="05FEA97F" w:rsidR="0064117E" w:rsidRDefault="0064117E" w:rsidP="00D3750A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -546,52 +617,62 @@
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>tijds-besteding</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="79A0EC1E" w14:textId="1CC49A31" w:rsidR="0064117E" w:rsidRDefault="0064117E" w:rsidP="00D3750A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>(uren</w:t>
+              <w:t>(</w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>uren</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00F54221">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
             <w:r w:rsidR="00F54221">
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -779,339 +860,357 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A86CC45" w14:textId="344454A3" w:rsidR="0064117E" w:rsidRDefault="0064117E" w:rsidP="0064117E">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Kopie diploma IT/EDP-auditopleiding</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1625A881" w14:textId="38CB5B32" w:rsidR="00D81459" w:rsidRPr="00526CEC" w:rsidRDefault="0064117E" w:rsidP="00D81459">
+    <w:p w14:paraId="1625A881" w14:textId="38CB5B32" w:rsidR="00D81459" w:rsidRDefault="0064117E" w:rsidP="00D81459">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526CEC">
-[...5 lines deleted...]
-        <w:t>Verklaring Omtrent Gedrag (VOG)</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verklaring </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Omtrent</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Gedrag (VOG)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="357BB96D" w14:textId="53F64738" w:rsidR="00D81459" w:rsidRPr="00526CEC" w:rsidRDefault="00D81459" w:rsidP="004C481F">
+    <w:p w14:paraId="357BB96D" w14:textId="53F64738" w:rsidR="00D81459" w:rsidRPr="001353BE" w:rsidRDefault="00D81459" w:rsidP="004C481F">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>U kunt uw aanvraag en ook uw werkervaring ook inleveren voorzien van een digitale handtekening. In het algemeen accepteert NOREA digitale handtekeningen die:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66855E24" w14:textId="6E76B41E" w:rsidR="00D81459" w:rsidRPr="00526CEC" w:rsidRDefault="00D81459" w:rsidP="004C481F">
+    <w:p w14:paraId="66855E24" w14:textId="6E76B41E" w:rsidR="00D81459" w:rsidRPr="001353BE" w:rsidRDefault="00D81459" w:rsidP="004C481F">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Gebaseerd zijn op een persoonlijk certificaat</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2579793A" w14:textId="1F888943" w:rsidR="00D81459" w:rsidRPr="00526CEC" w:rsidRDefault="00D81459" w:rsidP="004C481F">
+    <w:p w14:paraId="2579793A" w14:textId="1F888943" w:rsidR="00D81459" w:rsidRPr="001353BE" w:rsidRDefault="00D81459" w:rsidP="004C481F">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Het certificaat moet geldig zijn op het moment van ondertekenen </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="402C59FF" w14:textId="1A5C4C03" w:rsidR="00D81459" w:rsidRPr="00526CEC" w:rsidRDefault="00D81459" w:rsidP="004C481F">
+    <w:p w14:paraId="402C59FF" w14:textId="1A5C4C03" w:rsidR="00D81459" w:rsidRPr="001353BE" w:rsidRDefault="00D81459" w:rsidP="004C481F">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Het certificaat moet te valideren zijn via een erkende uitgever die in de algemene browsers en in Adobe als standaard vertrouwd zijn opgenomen</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="008560C2" w14:textId="5D202193" w:rsidR="00D81459" w:rsidRPr="00526CEC" w:rsidRDefault="00D81459" w:rsidP="004C481F">
+    <w:p w14:paraId="008560C2" w14:textId="5D202193" w:rsidR="00D81459" w:rsidRPr="001353BE" w:rsidRDefault="00D81459" w:rsidP="004C481F">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Het ontvangen document, en de daaraan verbonden handtekening moet op eenvoudige wijze door NOREA kunnen worden gevalideerd op moment van ontvangst</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F2E3C8E" w14:textId="139021B8" w:rsidR="00D81459" w:rsidRPr="00526CEC" w:rsidRDefault="00D81459" w:rsidP="004C481F">
+    <w:p w14:paraId="2F2E3C8E" w14:textId="139021B8" w:rsidR="00D81459" w:rsidRPr="001353BE" w:rsidRDefault="00D81459" w:rsidP="004C481F">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>In het algemeen voldoet een digitale handtekening zoals via Adobe in PDF</w:t>
       </w:r>
-      <w:r w:rsidR="009811DE" w:rsidRPr="00526CEC">
+      <w:r w:rsidR="009811DE" w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>formulieren wordt gezet aan deze vereisten. Ook zijn er diverse aanbieders die via een onderteken service dit aanbieden.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD5D5B6" w14:textId="77777777" w:rsidR="00D81459" w:rsidRPr="00526CEC" w:rsidRDefault="00D81459" w:rsidP="004C481F">
+    <w:p w14:paraId="1BD5D5B6" w14:textId="77777777" w:rsidR="00D81459" w:rsidRPr="001353BE" w:rsidRDefault="00D81459" w:rsidP="004C481F">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F645C19" w14:textId="2E33C14E" w:rsidR="00801B47" w:rsidRPr="00526CEC" w:rsidRDefault="009811DE" w:rsidP="004C481F">
+    <w:p w14:paraId="3F645C19" w14:textId="2E33C14E" w:rsidR="00801B47" w:rsidRPr="001353BE" w:rsidRDefault="009811DE" w:rsidP="004C481F">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Wij geven de voorkeur aan deze vorm van digitaal ondertekenen en </w:t>
       </w:r>
-      <w:r w:rsidR="00801B47" w:rsidRPr="00526CEC">
+      <w:r w:rsidR="00801B47" w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">per e-mail via </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00801B47" w:rsidRPr="00526CEC">
+        <w:r w:rsidR="00801B47" w:rsidRPr="001353BE">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>norea@norea.nl</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00801B47" w:rsidRPr="00526CEC">
+      <w:r w:rsidR="00801B47" w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> te ontvangen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, omdat dit de werkzaamheden van het bureau beperkt. Daarnaast blijft het mogelijk om formulieren uit te printen, te voorzien van een natte handtekening per pagina</w:t>
       </w:r>
-      <w:r w:rsidR="00801B47" w:rsidRPr="00526CEC">
+      <w:r w:rsidR="00801B47" w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> en deze met de originele VOG per post naar NOREA te sturen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00801B47" w:rsidRPr="00526CEC">
+      <w:r w:rsidR="00801B47" w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="490971DD" w14:textId="77777777" w:rsidR="00801B47" w:rsidRDefault="00801B47" w:rsidP="00801B47">
       <w:pPr>
         <w:ind w:left="1410"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>NOREA-bureau</w:t>
       </w:r>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:t>Postbus 242</w:t>
       </w:r>
-      <w:r w:rsidRPr="00526CEC">
+      <w:r w:rsidRPr="001353BE">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w14:ligatures w14:val="standardContextual"/>
         </w:rPr>
         <w:br/>
         <w:t>2130 AE Hoofddorp</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56214872" w14:textId="0AB70189" w:rsidR="0B8F54D7" w:rsidRDefault="0B8F54D7" w:rsidP="646FC21D">
       <w:pPr>
         <w:pStyle w:val="Geenafstand"/>
       </w:pPr>
       <w:r w:rsidRPr="646FC21D">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Ook bij toezending van de aanvraag via de mail, ontvangen wij graag de originele VOG per post op bovenstaand adres.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2EAA1128" w14:textId="77777777" w:rsidR="00801B47" w:rsidRDefault="00801B47">
       <w:pPr>
@@ -1216,51 +1315,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1914074771"/>
           <w:placeholder>
             <w:docPart w:val="1758AA876D8D4562849E0060AA537FF3"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="14922012" w14:textId="6CFFC214" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="001D3AFC" w:rsidP="00FC5D95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1304,66 +1402,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="318775894"/>
           <w:placeholder>
             <w:docPart w:val="A3709CC40EE645CDB49E45C301755F4C"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="884297311"/>
               <w:placeholder>
                 <w:docPart w:val="EEE4E6879A5343F9BDE1BDA0021A629F"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1434,66 +1530,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="006337E2">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="2126581306"/>
           <w:placeholder>
             <w:docPart w:val="311EDECE10254502A154A5035223C513"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-2009123728"/>
               <w:placeholder>
                 <w:docPart w:val="5D1EC527AAE34F45BAD7AEA9226CD131"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1564,66 +1658,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="006337E2">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="91210364"/>
           <w:placeholder>
             <w:docPart w:val="9CEA23CBC7614412AE880C9E51AC31FA"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="1977176573"/>
               <w:placeholder>
                 <w:docPart w:val="A2AFC2E0DB9F41798398E8677076DC6F"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1694,66 +1786,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="285245534"/>
           <w:placeholder>
             <w:docPart w:val="739111A328984EF781653292A2AA6888"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-604344105"/>
               <w:placeholder>
                 <w:docPart w:val="E1C14EB17D764FDAA9E925DF3DB85FD6"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1816,66 +1906,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1657377017"/>
           <w:placeholder>
             <w:docPart w:val="AD780FB2074149A59E1820E419FDA876"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="637692369"/>
               <w:placeholder>
                 <w:docPart w:val="7D8826D7E19A4783A4D2CDBDFDFA99F5"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="11F6876B" w14:textId="29ADDA98" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00FC5D95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
@@ -1905,311 +1993,240 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="006337E2">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-2054302942"/>
           <w:placeholder>
             <w:docPart w:val="118A3B85AE2249E98554FC0ACD3CA9A5"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="790091679"/>
               <w:placeholder>
                 <w:docPart w:val="505DAC096A114661B11591290F547377"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1053D47C" w14:textId="2E9AC88E" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00FC5D95">
+    <w:p w14:paraId="1053D47C" w14:textId="07CED437" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00FC5D95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="337E1F10">
+      <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>8. E-mailadres</w:t>
       </w:r>
-      <w:r w:rsidR="55EF09FB" w:rsidRPr="337E1F10">
-[...7 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006337E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="337E1F10">
+      <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-149674635"/>
           <w:placeholder>
             <w:docPart w:val="0EA35F28B68442A9886EA6CABD1A4E24"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="1300963875"/>
               <w:placeholder>
                 <w:docPart w:val="336B7590B30E42389934FEF0E4F41724"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="00E65D8F" w:rsidRPr="337E1F10">
+              <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="6D4B6267" w14:textId="080CCD47" w:rsidR="2C89EAB3" w:rsidRDefault="2C89EAB3" w:rsidP="337E1F10">
+    <w:p w14:paraId="7F2C9830" w14:textId="2D6FF6C3" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00FC5D95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="337E1F10">
-[...15 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>9. Geboorteplaats en -datum</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="006337E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...73 lines deleted...]
-      <w:r w:rsidRPr="337E1F10">
+      <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="252092661"/>
           <w:placeholder>
             <w:docPart w:val="DD941523188A4EBFB464C9472CBC4398"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="1102222825"/>
               <w:placeholder>
                 <w:docPart w:val="F474AE3FE19D437B84253E03B7FBFE0F"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="00E65D8F" w:rsidRPr="337E1F10">
+              <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="1ECE8C65" w14:textId="6258A5DC" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00FC5D95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -2237,66 +2254,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-38211228"/>
           <w:placeholder>
             <w:docPart w:val="E13E5AB0256346F2B28340C78DA49A7C"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="753170131"/>
               <w:placeholder>
                 <w:docPart w:val="41B4C254EAD743B5A769672F65CE7AC9"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3C9AB252" w14:textId="14302650" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00FC5D95">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
@@ -2334,66 +2349,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1250316168"/>
           <w:placeholder>
             <w:docPart w:val="D46542CEA3D54EB69EE3D6124C3947C7"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="1771199270"/>
               <w:placeholder>
                 <w:docPart w:val="6659A2DAFB964C56A5CD9FC642276656"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="4763EAA5" w14:textId="1241DC1F" w:rsidR="00D3750A" w:rsidRPr="002F76C4" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F76C4">
         <w:rPr>
@@ -2496,51 +2509,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="790635813"/>
           <w:placeholder>
             <w:docPart w:val="D58A34FE9B104BA8BE47AE1D33BB657A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="398E9AC2" w14:textId="6C6A3C6B" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D81459" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
@@ -2592,51 +2604,50 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1891760783"/>
           <w:placeholder>
             <w:docPart w:val="05711EA08D0F4D438DD19A418D08FFC9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="0E7DD833" w14:textId="429CBA53" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D81459" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
@@ -2687,66 +2698,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1334415903"/>
           <w:placeholder>
             <w:docPart w:val="E7A6A23F49344993BD0C09AF4EF1AFB9"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="335046933"/>
               <w:placeholder>
                 <w:docPart w:val="E219F42446574F0283AD77C7E3B5503F"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="68B05D8F" w14:textId="7C47F490" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D81459" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2783,66 +2792,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1424918135"/>
           <w:placeholder>
             <w:docPart w:val="B8B764A25B434DE28DAACF5FE4B312D0"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-291213900"/>
               <w:placeholder>
                 <w:docPart w:val="24970882BC3D4F4F9D8B90FF5BD30377"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="03E8A6B9" w14:textId="6F7E385D" w:rsidR="002F76C4" w:rsidRDefault="00D81459" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2895,66 +2902,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="006337E2">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1318535836"/>
           <w:placeholder>
             <w:docPart w:val="6404C56AAE9C428D97788A4A5DA7C9B1"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="1495834566"/>
               <w:placeholder>
                 <w:docPart w:val="CFD9939087B242D6BECC60AB0A44D78C"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3BA56D5A" w14:textId="584531F5" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D81459" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -2983,235 +2988,259 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="97849840"/>
           <w:placeholder>
             <w:docPart w:val="8B22BB55A15F4DC69636B38CD1F306D8"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="1223477449"/>
               <w:placeholder>
                 <w:docPart w:val="A733351D919840A2A8EC0183FFD18D32"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="269E4343" w14:textId="2562E77B" w:rsidR="00D3750A" w:rsidRPr="00234002" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
+    <w:p w14:paraId="269E4343" w14:textId="3D60B2DB" w:rsidR="00D3750A" w:rsidRPr="00234002" w:rsidRDefault="00515C65" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00234002">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="00D3750A" w:rsidRPr="00234002">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="single"/>
+        </w:rPr>
         <w:t xml:space="preserve">(Aspirant)-lidmaatschap NOREA </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B4A2FAB" w14:textId="4C481F89" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00D81459">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>. Bent u reeds ingeschreven als aspirant-l</w:t>
+        <w:t xml:space="preserve">. Bent u </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>reeds</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ingeschreven als aspirant-l</w:t>
       </w:r>
       <w:r w:rsidR="00B16538">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>id</w:t>
       </w:r>
       <w:r w:rsidR="007F026E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00D81459">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1431305667"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013438"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Kies een item."/>
             <w:listItem w:displayText="Nee" w:value="Nee"/>
             <w:listItem w:displayText="Ja" w:value="Ja"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00B16538" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Kies een item.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> sinds</w:t>
       </w:r>
       <w:r w:rsidR="008219AF">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1166216748"/>
           <w:placeholder>
             <w:docPart w:val="AD2CA5779CD04358B9CB71276A1CA568"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="1217626086"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="000779A6" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om een datum in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="577CE158" w14:textId="77777777" w:rsidR="00D3750A" w:rsidRPr="00234002" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00234002">
         <w:rPr>
@@ -3263,51 +3292,50 @@
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-316806306"/>
           <w:placeholder>
             <w:docPart w:val="7F7089C4E2F047AF8CBC89121BBC726B"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="d-M-yyyy"/>
             <w:lid w:val="nl-NL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E65D8F" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om een datum in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Handtekening:</w:t>
@@ -3338,128 +3366,152 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Plaats</w:t>
       </w:r>
       <w:r w:rsidR="00796FDC">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="81737838"/>
           <w:placeholder>
             <w:docPart w:val="D57495EF7604489D95047D26968FFAB7"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00796FDC" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="20C0BAEA" w14:textId="77777777" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E3FCDE4" w14:textId="0E18D5FD" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="337E1F10">
+    <w:p w14:paraId="4D677048" w14:textId="77777777" w:rsidR="00F664A8" w:rsidRDefault="00F664A8">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66087A11" w14:textId="69BE87AA" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">------------------------------------------------------------------------------ </w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="6E3FCDE4" w14:textId="77777777" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Afgestudeerd aan:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20CA9D5D" w14:textId="06173574" w:rsidR="00D3750A" w:rsidRPr="00801B47" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-550381504"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BD417C" w:rsidRPr="00801B47">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Lucida Sans Unicode" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00531FE4" w:rsidRPr="00801B47">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00801B47">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3474,189 +3526,192 @@
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00801B47">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1399664292"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BD417C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Lucida Sans Unicode" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BD417C">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Postgraduate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> School Vrije Universiteit Amsterdam </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638C2EA0" w14:textId="56163285" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
+    <w:p w14:paraId="638C2EA0" w14:textId="7FF2CECB" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1956625723"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BD417C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Lucida Sans Unicode" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BD417C">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="0023107F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>IAS</w:t>
+      </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Business School </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13E5A17F" w14:textId="192CF329" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-325135824"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BD417C">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Lucida Sans Unicode" w:hint="eastAsia"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BD417C">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3709,51 +3764,50 @@
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="411518139"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="d-M-yyyy"/>
             <w:lid w:val="nl-NL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004618B2" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om een datum in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3CE75C29" w14:textId="65523564" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
@@ -3773,66 +3827,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="459143738"/>
           <w:placeholder>
             <w:docPart w:val="9A6180643B3447999C3A7344E3BD42BC"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-1944919564"/>
               <w:placeholder>
                 <w:docPart w:val="1598B73A96B041E9B42DAA38D3D1DFA6"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="0003061F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="07AF9BF7" w14:textId="6B5A1083" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3854,66 +3906,64 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-472910912"/>
           <w:placeholder>
             <w:docPart w:val="67378DD84DF74363AC57F086D3722FFB"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="1569839858"/>
               <w:placeholder>
                 <w:docPart w:val="5AFDE01843FC4044B389293BC0CB2FB0"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="0003061F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="76FEF917" w14:textId="45FE3FBE" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3955,218 +4005,261 @@
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>De beschrijving van de werkzaamheden dient te zijn voorzien van een mededeling van een Register EDP-auditor</w:t>
       </w:r>
       <w:r w:rsidR="00234002">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (RE)</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. Vermeld naam, functie en relatie tot de aanvrager van degene die de mededeling afgeeft. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CD8DB0C" w14:textId="77777777" w:rsidR="00C14404" w:rsidRPr="00526CEC" w:rsidRDefault="00741953" w:rsidP="00C14404">
+    <w:p w14:paraId="0E903E1D" w14:textId="1E77C5FA" w:rsidR="00114959" w:rsidRDefault="00741953" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00741953">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">De aanvrager dient </w:t>
-[...47 lines deleted...]
-        <w:t>die goed aansluiten bij de actuele praktijk van het IT-audit vak.</w:t>
+        <w:t>De aanvrager dient te beschikken over ten minste drie jaar relevante werkervaring met voldoende variatie in uitgevoerde IT-audits.</w:t>
+      </w:r>
+      <w:r w:rsidR="00114959">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Deze ervaring kan over een periode langer dan 3 jaar worden opgedaan. [Bijvoorbeeld door </w:t>
+      </w:r>
+      <w:r w:rsidR="0023107F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>parttime</w:t>
+      </w:r>
+      <w:r w:rsidR="00114959">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dienstverband, deels in een ander vakgebied werkzaam, onderbreking van dienstverband door verlof of ziekte, of verschillende niet aansluitende dienstverbanden bij verscheidene werkgevers]. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58AB244B" w14:textId="7658205E" w:rsidR="00D3750A" w:rsidRPr="00526CEC" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00526CEC">
+    <w:p w14:paraId="0BA276CD" w14:textId="0FD081D3" w:rsidR="00741953" w:rsidRPr="00D3750A" w:rsidRDefault="00114959" w:rsidP="00D3750A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0023107F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Let wel op: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B547CD" w:rsidRPr="0023107F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Werkervaring die niet recent is, lang geleden is opgedaan en niet actueel is kan door de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B547CD" w:rsidRPr="0023107F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>CvT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B547CD" w:rsidRPr="0023107F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> deels als minder relevant worden aangemerkt (Het %IT audit is dan &lt; 100%). Immers</w:t>
+      </w:r>
+      <w:r w:rsidR="00741953" w:rsidRPr="0023107F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ervaringen </w:t>
+      </w:r>
+      <w:r w:rsidR="00B547CD" w:rsidRPr="0023107F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">worden geacht aansluiten bij de actuele praktijk van het IT-audit vak. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0023107F">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dit kan al spelen voor werkervaring langer dan 5 jaar geleden.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58AB244B" w14:textId="6C791999" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Hoeveel jaar bent u werkzaam als IT-auditor?</w:t>
       </w:r>
-      <w:r w:rsidR="008219AF" w:rsidRPr="00526CEC">
+      <w:r w:rsidR="008219AF">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1706752650"/>
           <w:placeholder>
             <w:docPart w:val="048436A38B5F4869B275F18CD2F14507"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-1182577609"/>
               <w:placeholder>
                 <w:docPart w:val="423B159E98A54468BF9C206284689514"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
-              <w:r w:rsidR="0003061F" w:rsidRPr="00526CEC">
+              <w:r w:rsidR="0003061F" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
-          <w:r w:rsidR="0003061F" w:rsidRPr="00526CEC">
+          <w:r w:rsidR="0003061F">
             <w:rPr>
               <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
-      <w:r w:rsidRPr="00526CEC">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">jaar </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>jaar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B4D2FBB" w14:textId="644B5840" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00526CEC">
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> (zie </w:t>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Beschrijf op een afzonderlijke bijlage (zie </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>‘format’</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>) uw werkzaamheden over de jaren die u als ervaringseis wilt laten meetellen. Uit de beschrijving moet de variatie van de uitgevoerde audits blijken. Duidelijk moet zijn:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B2CFC37" w14:textId="1324BB6E" w:rsidR="00D3750A" w:rsidRPr="00234002" w:rsidRDefault="00D3750A" w:rsidP="00234002">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
@@ -4270,173 +4363,224 @@
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Mededeling bij beschrijving van werkervaring </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="132B0C86" w14:textId="77777777" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">(ondertekening op dit formulier </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>ondertekening</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> op dit formulier </w:t>
       </w:r>
       <w:r w:rsidRPr="00234002">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>en</w:t>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> de bijlage/‘format’) </w:t>
+        <w:t xml:space="preserve"> de bijlage</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>/‘</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">format’) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E424DF6" w14:textId="2BAAF932" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Laat onderstaande verklaring door uw (ex-)werkgever ondertekenen. Voor alle in de vraag 3 beschreven perioden die meetellen voor de ervaringseis, wordt ondertekening </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-        <w:t xml:space="preserve">van de bijlage van (ex) of huidige werkgever(s) gevraagd conform onderstaand model. </w:t>
+        <w:t xml:space="preserve">van de bijlage van (ex) of huidige werkgever(s) gevraagd </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>conform</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> onderstaand model. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70B59D9F" w14:textId="77777777" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0F658E57" w14:textId="29B64481" w:rsidR="00234002" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Hierbij verklaart ondergetekende, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="026CD301" w14:textId="04CA77F6" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00C14404" w:rsidP="00D3750A">
+    <w:p w14:paraId="026CD301" w14:textId="04CA77F6" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00000000" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="983515807"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-1577428575"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
               </w:placeholder>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:sdt>
                 <w:sdtPr>
                   <w:rPr>
                     <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:id w:val="-596484240"/>
                   <w:placeholder>
                     <w:docPart w:val="6CEC0A7FE4BB40DF945A01854ECA1871"/>
                   </w:placeholder>
                   <w:showingPlcHdr/>
                 </w:sdtPr>
-                <w:sdtEndPr/>
                 <w:sdtContent>
                   <w:r w:rsidR="00BA7875" w:rsidRPr="00B14CCA">
                     <w:rPr>
                       <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                     </w:rPr>
                     <w:t>Klik of tik om tekst in te voeren.</w:t>
                   </w:r>
                 </w:sdtContent>
               </w:sdt>
               <w:r w:rsidR="00BA7875" w:rsidDel="00BA7875">
                 <w:rPr>
                   <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
@@ -4468,113 +4612,126 @@
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA7875">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BA7875">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">(naam + functie) </w:t>
+        <w:t>(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>naam</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> + functie) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="012A2219" w14:textId="58EA5E40" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00234002" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>at</w:t>
       </w:r>
       <w:r w:rsidR="00BA7875">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1005819855"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-196079842"/>
-              <w:placeholder>
-[...1 lines deleted...]
-              </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00BA7875" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00BA7875" w:rsidDel="00BA7875">
             <w:rPr>
               <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BA7875">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -4626,74 +4783,69 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>in dienst bij</w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1659994785"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BA7875">
             <w:rPr>
               <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-1299757688"/>
-              <w:placeholder>
-[...1 lines deleted...]
-              </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00BA7875" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om tekst in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
           <w:r w:rsidR="00BA7875" w:rsidDel="00BA7875">
             <w:rPr>
               <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BA7875">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -4718,229 +4870,241 @@
       <w:r w:rsidR="00BA7875">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D3750A" w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(naam organisatie) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16246675" w14:textId="143FFA89" w:rsidR="00234002" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D3750A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">werkzaam is/was als EDP-auditor over de periode van </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>werkzaam</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is/was als EDP-auditor over de periode van </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1952132366"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="-896669686"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00BA7875" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om een datum in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00BA7875">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">tot </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1394119458"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
           </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="2095350749"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="00BA7875" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om een datum in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="486AC43E" w14:textId="0D7B432A" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D3750A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">de activiteiten zoals beschreven in de bijlage daadwerkelijk heeft uitgevoerd </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> activiteiten zoals beschreven in de bijlage daadwerkelijk heeft uitgevoerd </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="42F749FA" w14:textId="77777777" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23DDDDC1" w14:textId="757B230C" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Handtekening (ex-)werkgever:</w:t>
       </w:r>
       <w:r w:rsidR="00A1659E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1164624055"/>
-          <w:placeholder>
-[...1 lines deleted...]
-          </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A1659E" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00A1659E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A1659E">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
@@ -4957,76 +5121,85 @@
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="562374500"/>
           <w:placeholder>
             <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:date>
             <w:dateFormat w:val="d-M-yyyy"/>
             <w:lid w:val="nl-NL"/>
             <w:storeMappedDataAs w:val="dateTime"/>
             <w:calendar w:val="gregorian"/>
           </w:date>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A1659E" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om een datum in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="42EB45CD" w14:textId="3B6553B2" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D3750A">
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Indien de werkgever geen RE is, wordt afzonderlijke ondertekening van een RE gevraagd. </w:t>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Indien</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D3750A">
+        <w:rPr>
+          <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de werkgever geen RE is, wordt afzonderlijke ondertekening van een RE gevraagd. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E19886" w14:textId="77777777" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0B15EFF5" w14:textId="7692B76A" w:rsidR="008219AF" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -5043,76 +5216,71 @@
     </w:p>
     <w:p w14:paraId="27A523D3" w14:textId="72CFAF8C" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D3750A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Datum: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1208032415"/>
-          <w:placeholder>
-[...1 lines deleted...]
-          </w:placeholder>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:id w:val="871032380"/>
               <w:placeholder>
                 <w:docPart w:val="DefaultPlaceholder_-1854013437"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:date>
                 <w:dateFormat w:val="d-M-yyyy"/>
                 <w:lid w:val="nl-NL"/>
                 <w:storeMappedDataAs w:val="dateTime"/>
                 <w:calendar w:val="gregorian"/>
               </w:date>
             </w:sdtPr>
-            <w:sdtEndPr/>
             <w:sdtContent>
               <w:r w:rsidR="006F0A0A" w:rsidRPr="00B14CCA">
                 <w:rPr>
                   <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
                 </w:rPr>
                 <w:t>Klik of tik om een datum in te voeren.</w:t>
               </w:r>
             </w:sdtContent>
           </w:sdt>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="055C12A6" w14:textId="77777777" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3844183D" w14:textId="44B0D342" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
@@ -5185,137 +5353,134 @@
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00234002">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Naam + functie referent 1: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-769165334"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006F0A0A" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006F0A0A" w:rsidRPr="00234002">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00234002">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Relatie: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="501396352"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006F0A0A" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00515C65">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E1A86FC" w14:textId="6EF17641" w:rsidR="00D3750A" w:rsidRPr="00515C65" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00515C65">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Naam + functie referent 2: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1694917360"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006F0A0A" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="006F0A0A" w:rsidRPr="00515C65">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00515C65">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Rela</w:t>
       </w:r>
@@ -5331,311 +5496,272 @@
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="006F0A0A" w:rsidRPr="006F0A0A">
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-480005894"/>
           <w:showingPlcHdr/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="006F0A0A" w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="3519ADAE" w14:textId="77777777" w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidRDefault="00D3750A" w:rsidP="00D3750A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Lucida Sans Unicode" w:hAnsi="Lucida Sans Unicode" w:cs="Lucida Sans Unicode"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D3750A" w:rsidRPr="00D3750A" w:rsidSect="004C481F">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1134" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E881660" w14:textId="77777777" w:rsidR="00C44059" w:rsidRDefault="00C44059" w:rsidP="00D3750A">
+    <w:p w14:paraId="6BBB5CAF" w14:textId="77777777" w:rsidR="006855D6" w:rsidRDefault="006855D6" w:rsidP="00D3750A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0B56E149" w14:textId="77777777" w:rsidR="00C44059" w:rsidRDefault="00C44059" w:rsidP="00D3750A">
+    <w:p w14:paraId="57A857E2" w14:textId="77777777" w:rsidR="006855D6" w:rsidRDefault="006855D6" w:rsidP="00D3750A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1108626160"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="70B9D5F7" w14:textId="17AB3A7A" w:rsidR="00DE5AF5" w:rsidRDefault="00DE5AF5">
         <w:pPr>
           <w:pStyle w:val="Voettekst"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00E64C42">
+        <w:r w:rsidR="00114959">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="081F3827" w14:textId="39DBBA9C" w:rsidR="00DE5AF5" w:rsidRDefault="00DE5AF5">
+  <w:p w14:paraId="081F3827" w14:textId="60BD8F29" w:rsidR="00DE5AF5" w:rsidRDefault="00DE5AF5">
     <w:pPr>
       <w:pStyle w:val="Voettekst"/>
     </w:pPr>
     <w:r>
       <w:t>Aanvraagformulier Toelating NOREA</w:t>
     </w:r>
-    <w:r w:rsidR="00753DB7">
-[...11 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="64B5E6AF" w14:textId="77777777" w:rsidR="00C44059" w:rsidRDefault="00C44059" w:rsidP="00D3750A">
+    <w:p w14:paraId="46F048C6" w14:textId="77777777" w:rsidR="006855D6" w:rsidRDefault="006855D6" w:rsidP="00D3750A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F9D3034" w14:textId="77777777" w:rsidR="00C44059" w:rsidRDefault="00C44059" w:rsidP="00D3750A">
+    <w:p w14:paraId="188477BE" w14:textId="77777777" w:rsidR="006855D6" w:rsidRDefault="006855D6" w:rsidP="00D3750A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="306509EF" w14:textId="5012E862" w:rsidR="00D3750A" w:rsidRDefault="00D3750A">
       <w:pPr>
         <w:pStyle w:val="Voetnoottekst"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Voetnootmarkering"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Een VOG mag m</w:t>
       </w:r>
       <w:r w:rsidR="00FC5D95">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>ximaal 6 maanden oud zijn op het moment van ontvangst van het aanvraagformulier</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="646E0013" w14:textId="30505EBD" w:rsidR="00DE5AF5" w:rsidRDefault="00DE5AF5" w:rsidP="00DE5AF5">
     <w:pPr>
       <w:pStyle w:val="Koptekst"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="nl-NL"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="164F3E45" wp14:editId="7914AD16">
           <wp:extent cx="1920181" cy="502311"/>
           <wp:effectExtent l="0" t="0" r="4445" b="0"/>
           <wp:docPr id="548596981" name="Afbeelding 548596981" descr="Afbeelding met tekst, illustratie&#10;&#10;Automatisch gegenereerde beschrijving"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="2" name="Afbeelding 2" descr="Afbeelding met tekst, illustratie&#10;&#10;Automatisch gegenereerde beschrijving"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
@@ -5648,62 +5774,52 @@
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1956062" cy="511697"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0075357F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECD2BE6E"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6450,242 +6566,232 @@
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1051029132">
+  <w:num w:numId="1" w16cid:durableId="599218517">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="663824040">
+  <w:num w:numId="2" w16cid:durableId="100995175">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="402681442">
+  <w:num w:numId="3" w16cid:durableId="370418994">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1199658228">
+  <w:num w:numId="4" w16cid:durableId="1805657933">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="614211196">
+  <w:num w:numId="5" w16cid:durableId="753748384">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1794901088">
+  <w:num w:numId="6" w16cid:durableId="547108413">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1427536145">
+  <w:num w:numId="7" w16cid:durableId="1364473628">
     <w:abstractNumId w:val="6"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D3750A"/>
     <w:rsid w:val="00000638"/>
     <w:rsid w:val="00004B79"/>
     <w:rsid w:val="000174F7"/>
-    <w:rsid w:val="00022699"/>
     <w:rsid w:val="0003061F"/>
     <w:rsid w:val="00034AB9"/>
     <w:rsid w:val="000779A6"/>
     <w:rsid w:val="000822EB"/>
     <w:rsid w:val="00082D05"/>
     <w:rsid w:val="00093883"/>
     <w:rsid w:val="000C612B"/>
     <w:rsid w:val="001052A7"/>
+    <w:rsid w:val="00114959"/>
     <w:rsid w:val="00125EB8"/>
     <w:rsid w:val="001275F4"/>
+    <w:rsid w:val="001353BE"/>
     <w:rsid w:val="001A5184"/>
     <w:rsid w:val="001D3AFC"/>
     <w:rsid w:val="001E1282"/>
     <w:rsid w:val="001F13F2"/>
     <w:rsid w:val="00212FE1"/>
+    <w:rsid w:val="0023107F"/>
     <w:rsid w:val="00234002"/>
     <w:rsid w:val="002769B2"/>
-    <w:rsid w:val="002977B8"/>
     <w:rsid w:val="002A3963"/>
-    <w:rsid w:val="002C123E"/>
     <w:rsid w:val="002F0190"/>
     <w:rsid w:val="002F76C4"/>
     <w:rsid w:val="00323A82"/>
     <w:rsid w:val="00335A49"/>
     <w:rsid w:val="00392F05"/>
     <w:rsid w:val="003C294B"/>
     <w:rsid w:val="003E3BF1"/>
     <w:rsid w:val="004317E0"/>
     <w:rsid w:val="004618B2"/>
     <w:rsid w:val="004670EE"/>
     <w:rsid w:val="00481A2B"/>
     <w:rsid w:val="004C481F"/>
     <w:rsid w:val="004F0AC8"/>
     <w:rsid w:val="004F4522"/>
     <w:rsid w:val="00515C65"/>
-    <w:rsid w:val="00526CEC"/>
     <w:rsid w:val="00531FE4"/>
     <w:rsid w:val="005356F6"/>
     <w:rsid w:val="00535886"/>
     <w:rsid w:val="006337E2"/>
     <w:rsid w:val="0064117E"/>
+    <w:rsid w:val="006855D6"/>
     <w:rsid w:val="006D4E9C"/>
     <w:rsid w:val="006F0A0A"/>
     <w:rsid w:val="00741953"/>
-    <w:rsid w:val="00753DB7"/>
-    <w:rsid w:val="007622D0"/>
     <w:rsid w:val="00796FDC"/>
     <w:rsid w:val="007F026E"/>
     <w:rsid w:val="00801B47"/>
     <w:rsid w:val="008219AF"/>
+    <w:rsid w:val="00844471"/>
     <w:rsid w:val="008828B0"/>
     <w:rsid w:val="00886321"/>
-    <w:rsid w:val="00896EEE"/>
     <w:rsid w:val="008B30D6"/>
     <w:rsid w:val="008C35B0"/>
     <w:rsid w:val="008D0D0E"/>
     <w:rsid w:val="008D6486"/>
     <w:rsid w:val="009456D6"/>
     <w:rsid w:val="009811DE"/>
     <w:rsid w:val="00A07E6B"/>
     <w:rsid w:val="00A1659E"/>
     <w:rsid w:val="00AB5AC8"/>
     <w:rsid w:val="00AB727A"/>
     <w:rsid w:val="00B05D94"/>
     <w:rsid w:val="00B16538"/>
+    <w:rsid w:val="00B547CD"/>
     <w:rsid w:val="00B830BB"/>
     <w:rsid w:val="00B96DF5"/>
     <w:rsid w:val="00BA7875"/>
     <w:rsid w:val="00BD3F14"/>
     <w:rsid w:val="00BD417C"/>
     <w:rsid w:val="00BD5A26"/>
     <w:rsid w:val="00C10E04"/>
-    <w:rsid w:val="00C14404"/>
-    <w:rsid w:val="00C44059"/>
     <w:rsid w:val="00C4428D"/>
     <w:rsid w:val="00C56B73"/>
     <w:rsid w:val="00CB7CE6"/>
     <w:rsid w:val="00D3750A"/>
     <w:rsid w:val="00D7185E"/>
     <w:rsid w:val="00D81459"/>
     <w:rsid w:val="00DA56FA"/>
     <w:rsid w:val="00DC7BC9"/>
     <w:rsid w:val="00DE5AF5"/>
     <w:rsid w:val="00E26C90"/>
     <w:rsid w:val="00E4082A"/>
+    <w:rsid w:val="00E5056C"/>
     <w:rsid w:val="00E64C42"/>
     <w:rsid w:val="00E6546B"/>
     <w:rsid w:val="00E65D8F"/>
-    <w:rsid w:val="00E86998"/>
     <w:rsid w:val="00EB4BE8"/>
-    <w:rsid w:val="00EE1289"/>
     <w:rsid w:val="00F54221"/>
     <w:rsid w:val="00F63D31"/>
     <w:rsid w:val="00F664A8"/>
-    <w:rsid w:val="00F917C0"/>
     <w:rsid w:val="00FC5D95"/>
     <w:rsid w:val="00FC7448"/>
     <w:rsid w:val="00FD43D7"/>
     <w:rsid w:val="00FE1B8E"/>
     <w:rsid w:val="00FE1FB5"/>
     <w:rsid w:val="00FF6BFC"/>
     <w:rsid w:val="0B8F54D7"/>
-    <w:rsid w:val="2C89EAB3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="55EF09FB"/>
     <w:rsid w:val="646FC21D"/>
-    <w:rsid w:val="6640A638"/>
-    <w:rsid w:val="7BC25262"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6582BA5B"/>
-  <w15:docId w15:val="{EBC45E62-E4D0-4796-99E3-6F0D3FD1ABDA}"/>
+  <w15:docId w15:val="{19C5BB54-8511-4E97-B98C-BD38AFB09FA3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7341,111 +7447,111 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E64C42"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="GevolgdeHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009456D6"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="203173630">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1301885413">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1888949181">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.norea.nl/uploads/bfile/c24940e8-cad7-4c59-8614-8961912583f0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:norea@norea.nl" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.norea.nl%2Fuploads%2Fbfile%2F2169325d-a748-4df6-b54e-1fa280a5888e&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.norea.nl/uploads/bfile/c24940e8-cad7-4c59-8614-8961912583f0" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:norea@norea.nl" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://view.officeapps.live.com/op/view.aspx?src=https%3A%2F%2Fwww.norea.nl%2Fuploads%2Fbfile%2F2169325d-a748-4df6-b54e-1fa280a5888e&amp;wdOrigin=BROWSELINK" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5522EB2D-51D7-40BD-AB13-CAADBE8E7B74}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E4082A" w:rsidRDefault="004F4522">
           <w:r w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:p>
@@ -8034,79 +8140,50 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3C159AC2-5952-4F69-AAFF-BF32D52F87C9}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E4082A" w:rsidRDefault="004F4522" w:rsidP="004F4522">
           <w:pPr>
             <w:pStyle w:val="048436A38B5F4869B275F18CD2F145071"/>
           </w:pPr>
           <w:r w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="3EB69D6D53B34424B8954BAED8CA59DC"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="5D1EC527AAE34F45BAD7AEA9226CD131"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{86E963B3-1812-4E79-BE7B-DA8BC9F4120F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E4082A" w:rsidRDefault="004F4522" w:rsidP="004F4522">
           <w:pPr>
             <w:pStyle w:val="5D1EC527AAE34F45BAD7AEA9226CD131"/>
           </w:pPr>
           <w:r w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:p>
@@ -8585,137 +8662,50 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{95B5F32B-B298-4DC3-9A31-2B93DF58BB14}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E4082A" w:rsidRDefault="004F4522" w:rsidP="004F4522">
           <w:pPr>
             <w:pStyle w:val="6CEC0A7FE4BB40DF945A01854ECA1871"/>
           </w:pPr>
           <w:r w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="4AC3CD2EFE744A8181084F5E1A06AB32"/>
-[...85 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="423B159E98A54468BF9C206284689514"/>
         <w:category>
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{11C09758-6FE2-4608-BEE8-1D28C2E847DA}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00E4082A" w:rsidRDefault="004F4522" w:rsidP="004F4522">
           <w:pPr>
             <w:pStyle w:val="423B159E98A54468BF9C206284689514"/>
           </w:pPr>
           <w:r w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:p>
@@ -8786,251 +8776,196 @@
           <w:name w:val="Algemeen"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6D8F8849-E28E-460E-93D1-875CD7E923AE}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00D96DF5" w:rsidRDefault="00E4082A" w:rsidP="00E4082A">
           <w:pPr>
             <w:pStyle w:val="D57495EF7604489D95047D26968FFAB7"/>
           </w:pPr>
           <w:r w:rsidRPr="00B14CCA">
             <w:rPr>
               <w:rStyle w:val="Tekstvantijdelijkeaanduiding"/>
             </w:rPr>
             <w:t>Klik of tik om tekst in te voeren.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
-    <w:docPart>
-[...50 lines deleted...]
-    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Sans Unicode">
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004F4522"/>
     <w:rsid w:val="000822EB"/>
     <w:rsid w:val="001A5184"/>
-    <w:rsid w:val="00293998"/>
-    <w:rsid w:val="002C123E"/>
     <w:rsid w:val="002D3414"/>
     <w:rsid w:val="00311063"/>
     <w:rsid w:val="004F4522"/>
     <w:rsid w:val="00535886"/>
+    <w:rsid w:val="00844471"/>
     <w:rsid w:val="008828B0"/>
     <w:rsid w:val="008A3717"/>
     <w:rsid w:val="00996C4E"/>
+    <w:rsid w:val="00A53D3F"/>
+    <w:rsid w:val="00AA5FDA"/>
     <w:rsid w:val="00C10E04"/>
     <w:rsid w:val="00C4428D"/>
-    <w:rsid w:val="00CE72EA"/>
     <w:rsid w:val="00D7185E"/>
     <w:rsid w:val="00D96DF5"/>
     <w:rsid w:val="00DF1E43"/>
     <w:rsid w:val="00E4082A"/>
-    <w:rsid w:val="00E86998"/>
-    <w:rsid w:val="00EE1289"/>
     <w:rsid w:val="00F4050B"/>
     <w:rsid w:val="00F63D31"/>
-    <w:rsid w:val="00F917C0"/>
     <w:rsid w:val="00F96D11"/>
     <w:rsid w:val="00FE1B8E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10502,51 +10437,51 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F75E5FF176554BA18A1A60B14B66F6B5">
     <w:name w:val="F75E5FF176554BA18A1A60B14B66F6B5"/>
     <w:rsid w:val="00E4082A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A6CF22C32BA844D1AA598517B52B70B5">
     <w:name w:val="A6CF22C32BA844D1AA598517B52B70B5"/>
     <w:rsid w:val="00E4082A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="26BF3C0C11124FF3B2F865DEFB2A084F">
     <w:name w:val="26BF3C0C11124FF3B2F865DEFB2A084F"/>
     <w:rsid w:val="00E4082A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="4108C64D391543C8A7B1E92405A1F773">
     <w:name w:val="4108C64D391543C8A7B1E92405A1F773"/>
     <w:rsid w:val="00E4082A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D57495EF7604489D95047D26968FFAB7">
     <w:name w:val="D57495EF7604489D95047D26968FFAB7"/>
     <w:rsid w:val="00E4082A"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -10812,63 +10747,78 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13DDB8D0-E5D7-41A9-88EB-16BBD5A4DF4D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{47CD4CD9-B7FB-4FC9-87E1-8885CFE830B3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1388</Words>
-  <Characters>7637</Characters>
+  <Words>1452</Words>
+  <Characters>7991</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>63</Lines>
+  <Lines>66</Lines>
   <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Titel</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Koninklijke NBA</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9007</CharactersWithSpaces>
+  <CharactersWithSpaces>9425</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Wilfried Olthof</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>